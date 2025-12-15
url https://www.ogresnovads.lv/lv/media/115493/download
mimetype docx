--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -1,3323 +1,1203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
+    <w:p w14:paraId="324A3180" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00BA3DE9" w:rsidRDefault="00525B89" w:rsidP="00BA3DE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA3DE9">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75304B61" wp14:editId="58C8C524">
+            <wp:extent cx="607060" cy="721360"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="2540"/>
+            <wp:docPr id="4" name="Attēls 4" descr="gerbonis saspiests laba kvalitate"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="gerbonis saspiests laba kvalitate"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="607060" cy="721360"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6359BD5C" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00BA3DE9" w:rsidRDefault="00525B89" w:rsidP="00525B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA3DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>OGRES  NOVADA  PAŠVALDĪBA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C265AA" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00BA3DE9" w:rsidRDefault="00525B89" w:rsidP="00525B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA3DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Reģ.Nr.90000024455, Brīvības iela 33, Ogre, Ogres nov., LV-5001</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C2EC2C" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00BA3DE9" w:rsidRDefault="00525B89" w:rsidP="00525B89">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA3DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tālrunis 65071160, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA3DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-pasts: ogredome@ogresnovads.lv, www.ogresnovads.lv </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EB1D6A" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00BA3DE9" w:rsidRDefault="00525B89" w:rsidP="00525B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16D445A6" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00BA3DE9" w:rsidRDefault="00525B89" w:rsidP="00525B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA3DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>PAŠVALDĪBAS DOMES SĒDES PROTOKOLA IZRAKSTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6880B87C" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00BA3DE9" w:rsidRDefault="00525B89" w:rsidP="00525B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
-[...10 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="5058" w:type="pct"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="236"/>
-        <w:gridCol w:w="9279"/>
+        <w:gridCol w:w="3024"/>
+        <w:gridCol w:w="3023"/>
+        <w:gridCol w:w="3129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B423EC" w14:paraId="03EAD77B" w14:textId="77777777" w:rsidTr="0032124D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00525B89" w:rsidRPr="00897BB9" w14:paraId="6B0E2C78" w14:textId="77777777" w:rsidTr="00B967DF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcW w:w="1648" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03EAD779" w14:textId="77777777" w:rsidR="00B423EC" w:rsidRPr="00474D73" w:rsidRDefault="00B423EC" w:rsidP="0032124D">
+          <w:p w14:paraId="2D325C51" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="00897BB9">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="43"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="000C5F27" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="00897BB9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="43"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Ogrē, Brīvības ielā 33</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9279" w:type="dxa"/>
+            <w:tcW w:w="1647" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03EAD77A" w14:textId="77777777" w:rsidR="00B423EC" w:rsidRPr="006729B3" w:rsidRDefault="00B423EC" w:rsidP="0032124D">
+          <w:p w14:paraId="75AB18D5" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="00897BB9">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-              <w:ind w:left="-487"/>
+              <w:keepNext/>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="43"/>
               <w:jc w:val="center"/>
+              <w:outlineLvl w:val="1"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61077">
+          </w:p>
+          <w:p w14:paraId="3FE49007" w14:textId="0C769694" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="002C0218">
+            <w:pPr>
+              <w:keepNext/>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="43"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="1"/>
               <w:rPr>
-                <w:rFonts w:ascii="RimTimes" w:eastAsia="Times New Roman" w:hAnsi="RimTimes" w:cs="Times New Roman"/>
-                <w:noProof/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:drawing>
-[...46 lines deleted...]
-              </w:drawing>
+            </w:pPr>
+            <w:r w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Nr.</w:t>
+            </w:r>
+            <w:r w:rsidR="002C0218">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E762C58" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="00897BB9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="43"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="568FF09A" w14:textId="602DA17F" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="002C0218">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="43"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3DE9" w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3DE9" w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gada</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3DE9" w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0218">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3DE9" w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC7AF0" w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>august</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC033B" w:rsidRPr="00897BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="03EAD77C" w14:textId="77777777" w:rsidR="00B423EC" w:rsidRPr="00D61077" w:rsidRDefault="00B423EC" w:rsidP="00B423EC">
-      <w:pPr>
+    <w:p w14:paraId="19CCE059" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="00897BB9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63C76769" w14:textId="08BF723A" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="002C0218" w:rsidP="00897BB9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00525B89" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A328A9" w14:textId="072802E2" w:rsidR="00BA3DE9" w:rsidRPr="00897BB9" w:rsidRDefault="00BA3DE9" w:rsidP="00897BB9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Par Ogres novada pašvaldības iekšējo noteikumu</w:t>
+      </w:r>
+      <w:r w:rsidR="000D299C" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0218">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="000D299C" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>/2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC033B" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ogres novada pašvaldības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Apbalvojumu un atbalsta svētkos piešķiršanas komisijas nolikum</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC033B" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>" izdošanu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2836E7" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="00897BB9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D83D8B8" w14:textId="1729149B" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00A83A1C" w:rsidP="00B62549">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3DE9" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>amatojoties uz</w:t>
+      </w:r>
+      <w:r w:rsidR="00516235" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pašvaldību likuma 50. panta pirmo daļu,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3DE9" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valsts pārvaldes iekārtas likuma 72. panta pirmās daļas 2. punktu,</w:t>
+      </w:r>
+      <w:r w:rsidR="00516235" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B62549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ogres novada p</w:t>
+      </w:r>
+      <w:r w:rsidR="00516235" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ašvaldības 2024. gada 27. jūnija saistošo noteikumu Nr. 25/2024 “Ogres novada pašvaldības nolikums”</w:t>
+      </w:r>
+      <w:r w:rsidR="00B62549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00516235" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00203985">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00516235" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. punktu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB019FB" w14:textId="77777777" w:rsidR="00890212" w:rsidRPr="00897BB9" w:rsidRDefault="00890212" w:rsidP="00897BB9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0757F285" w14:textId="77777777" w:rsidR="002B6F9F" w:rsidRPr="002B6F9F" w:rsidRDefault="002B6F9F" w:rsidP="002B6F9F">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B6F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">balsojot: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
           <w:noProof/>
-          <w:sz w:val="36"/>
-[...12 lines deleted...]
-        <w:t>OGRES  NOVADA  PAŠVALDĪBA</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ar 21 balsi "Par" (Andris Krauja, Artūrs Mangulis, Atvars Lakstīgala, Dace Kļaviņa, Dace Veiliņa, Dzirkstīte Žindiga, Gints Sīviņš, Ilmārs Zemnieks, Iluta Jansone, Jānis Iklāvs, Kārlis Ansons, Kārlis Avotiņš, Mariss Martinsons, Matīss Mežaks, Pāvels Kotāns, Raivis Rubīns, Raivis Ūzuls, Rūdolfs Kudļa, Santa Ločmele, Sarmīte Ozoliņa, Uldis Skudra), "Pret" – nav, "Atturas" – nav, "Nepiedalās" – nav,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EAD77D" w14:textId="77777777" w:rsidR="00B423EC" w:rsidRPr="00D61077" w:rsidRDefault="00B423EC" w:rsidP="00B423EC">
-      <w:pPr>
+    <w:p w14:paraId="53FF86C5" w14:textId="77777777" w:rsidR="002B6F9F" w:rsidRPr="002B6F9F" w:rsidRDefault="002B6F9F" w:rsidP="002B6F9F">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Reģ.Nr.90000024455, Brīvības iela 33, Ogre, Ogres nov., LV-5001</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B6F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ogres novada pašvaldības dome</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NOLEMJ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EAD77E" w14:textId="77777777" w:rsidR="00B423EC" w:rsidRPr="00D61077" w:rsidRDefault="00B423EC" w:rsidP="00B423EC">
-[...3 lines deleted...]
-        </w:pBdr>
+    <w:p w14:paraId="4B12F790" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="00897BB9">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...129 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="03EAD786" w14:textId="77777777" w:rsidR="00B423EC" w:rsidRPr="007E0DF2" w:rsidRDefault="00B423EC" w:rsidP="00B423EC">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">IEKŠĒJIE NOTEIKUMI </w:t>
+    <w:p w14:paraId="23B62FE0" w14:textId="1F859160" w:rsidR="00BA3DE9" w:rsidRPr="00897BB9" w:rsidRDefault="00F11902" w:rsidP="00897BB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="426" w:right="43" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62549">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Izdot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ogres novada pašvaldības </w:t>
+      </w:r>
+      <w:r w:rsidR="00641B52">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>iekšējos noteikumus Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0218">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3DE9" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/2025 “</w:t>
+      </w:r>
+      <w:r w:rsidR="00C71FFF" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ogres novada pašvaldības </w:t>
+      </w:r>
+      <w:r w:rsidR="000D299C" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Apbalvojumu un atbalsta svētkos piešķiršanas komisijas nolikums</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3DE9" w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>” (pielikumā).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EAD787" w14:textId="77777777" w:rsidR="00B423EC" w:rsidRPr="007E0DF2" w:rsidRDefault="00B423EC" w:rsidP="00B423EC">
-[...14 lines deleted...]
-        <w:t>Ogrē</w:t>
+    <w:p w14:paraId="49DEC0EC" w14:textId="0B6BBDC7" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00BA3DE9" w:rsidP="002C0218">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="426" w:right="45" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62549">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Kontroli par lēmuma izpildi uzdot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ogres novada pašvaldības izpilddirektoram.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...149 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="019BF81A" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="002C0218">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...24 lines deleted...]
-      </w:r>
+        <w:ind w:right="45"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="03EAD790" w14:textId="63B4F199" w:rsidR="00B423EC" w:rsidRPr="000B52BA" w:rsidRDefault="008A1B30" w:rsidP="00B423EC">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="1B0AD212" w14:textId="77777777" w:rsidR="002C0218" w:rsidRDefault="002C0218" w:rsidP="002C0218">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...33 lines deleted...]
-      </w:r>
+        <w:ind w:right="45"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="03EAD791" w14:textId="77777777" w:rsidR="00B423EC" w:rsidRPr="000B52BA" w:rsidRDefault="00B423EC" w:rsidP="00B423EC">
-[...1997 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="5789B32B" w14:textId="77777777" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="002C0218">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-[...41 lines deleted...]
-          <w:lang w:eastAsia="lv-LV"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="45"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>(Sēdes vadītāja,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C1D5B5" w14:textId="621575E2" w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidRDefault="00525B89" w:rsidP="00897BB9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="43"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>domes priekšsēdētāja</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0218">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vietnieka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00034C35">
-[...94 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="002C0218">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>A. Kraujas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>paraksts)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EAD7C1" w14:textId="77777777" w:rsidR="00B423EC" w:rsidRDefault="00B423EC" w:rsidP="002E2D67">
-[...112 lines deleted...]
-    <w:sectPr w:rsidR="00680580" w:rsidSect="002E2D67">
+    <w:sectPr w:rsidR="00525B89" w:rsidRPr="00897BB9" w:rsidSect="00391EE9">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="RimHelvetica">
-    <w:altName w:val="Courier New"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1C3D03B6"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="16FA3B0D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41885EF2"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:ind w:left="1282" w:hanging="432"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-[...347 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04260019">
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -3346,272 +1226,243 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CAC79AF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9EF6EEDE"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:b w:val="0"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2."/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="792" w:hanging="432"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1224" w:hanging="504"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1728" w:hanging="648"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...54 lines deleted...]
-        <w:ind w:left="4320" w:hanging="1440"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
-[...8 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:writeProtection w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gOhobqeK2ZC0IRFMtzRm7M/HlJGA/YWO0IbQKWRMPmEYZCS9I2Phn+lvWoFx0mvFxlP8p8Yw2zGt+h18tflP7Q==" w:salt="SJGbkGUZtSoCOtGnxDS3xQ=="/>
-[...1 lines deleted...]
-  <w:doNotDisplayPageBoundaries/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B423EC"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00EE45F4"/>
+    <w:rsidRoot w:val="00391EE9"/>
+    <w:rsid w:val="000D299C"/>
+    <w:rsid w:val="00203985"/>
+    <w:rsid w:val="00263F3C"/>
+    <w:rsid w:val="00280187"/>
+    <w:rsid w:val="002B6F9F"/>
+    <w:rsid w:val="002C0218"/>
+    <w:rsid w:val="00391EE9"/>
+    <w:rsid w:val="004A0549"/>
+    <w:rsid w:val="00516235"/>
+    <w:rsid w:val="00525B89"/>
+    <w:rsid w:val="00641B52"/>
+    <w:rsid w:val="006B6BDB"/>
+    <w:rsid w:val="00882CFD"/>
+    <w:rsid w:val="00890212"/>
+    <w:rsid w:val="00897BB9"/>
+    <w:rsid w:val="00A83A1C"/>
+    <w:rsid w:val="00AB3F60"/>
+    <w:rsid w:val="00AC7AF0"/>
+    <w:rsid w:val="00B10DBB"/>
+    <w:rsid w:val="00B5164D"/>
+    <w:rsid w:val="00B53469"/>
+    <w:rsid w:val="00B62549"/>
+    <w:rsid w:val="00BA3DE9"/>
+    <w:rsid w:val="00BA5EB8"/>
+    <w:rsid w:val="00BC033B"/>
+    <w:rsid w:val="00C71FFF"/>
+    <w:rsid w:val="00D02445"/>
+    <w:rsid w:val="00F11902"/>
+    <w:rsid w:val="00FE373F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="03EAD779"/>
+  <w14:docId w14:val="4CFD0EC7"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{92225618-0BC7-4721-BDD8-1731614D191F}"/>
+  <w15:docId w15:val="{2ADFB2AF-F3B5-4041-AE43-E4ECA87DE171}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3627,71 +1478,71 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3719,51 +1570,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3937,289 +1788,422 @@
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B423EC"/>
+    <w:rsid w:val="00391EE9"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="lv-LV"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts4">
-[...3 lines deleted...]
-    <w:link w:val="Virsraksts4Rakstz"/>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B423EC"/>
+    <w:rsid w:val="00391EE9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="3"/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
-      <w:iCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00391EE9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:widowControl/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B423EC"/>
+    <w:rsid w:val="00391EE9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
-      <w:iCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:rsid w:val="00391EE9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="H&amp;P List Paragraph,2,Strip"/>
-[...1 lines deleted...]
-    <w:link w:val="SarakstarindkopaRakstz"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00B423EC"/>
+    <w:rsid w:val="00391EE9"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:widowControl/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
-[...1 lines deleted...]
-    <w:basedOn w:val="Parasts"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B423EC"/>
+    <w:rsid w:val="00391EE9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00391EE9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B423EC"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00391EE9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ap-vir">
-[...2 lines deleted...]
-    <w:rsid w:val="00B423EC"/>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00391EE9"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nosaukums">
-[...3 lines deleted...]
-    <w:link w:val="NosaukumsRakstz"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00391EE9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="lv-LV"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-    <w:rsid w:val="00B423EC"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC033B"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC033B"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="RimHelvetica" w:eastAsia="Times New Roman" w:hAnsi="RimHelvetica" w:cs="Times New Roman"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Nosaukums"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B423EC"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BC033B"/>
     <w:rPr>
-      <w:rFonts w:ascii="RimHelvetica" w:eastAsia="Times New Roman" w:hAnsi="RimHelvetica" w:cs="Times New Roman"/>
-      <w:sz w:val="36"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
-[...6 lines deleted...]
-    <w:rsid w:val="00B423EC"/>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC033B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
-[...6 lines deleted...]
-    <w:rsid w:val="00B423EC"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BC033B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC033B"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
-      <w:spacing w:val="15"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
-[...4 lines deleted...]
-    <w:rsid w:val="00B423EC"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BC033B"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="lv-LV"/>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00890212"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="1289627317">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1498573914">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -4435,97 +2419,82 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2188</Characters>
+  <Pages>1</Pages>
+  <Words>919</Words>
+  <Characters>524</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>12</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>4</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6014</CharactersWithSpaces>
+  <CharactersWithSpaces>1441</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Nikolajs Sapožņikovs</dc:creator>
+  <dc:creator>Santa Hermane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>