--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -3,143 +3,89 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26026"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\IZazerska\Documents\PUBLIKĀCIJAI_noma\Pašvaldības IZNOMĀTIE īpašumi\PUBLIKĀCIJAI\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\IZazerska\Documents\PUBLIKĀCIJAI_noma\Pašvaldības IZNOMĀTIE īpašumi\PUBLIKĀCIJAI\2025\jaunais\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2BA71C8F-F049-4D2A-96B5-2CEA4A2C7538}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DC4BE945-F0FB-43FE-87BD-F57DB1AD3162}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="zemes_noma" sheetId="14" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="94">
   <si>
     <t>Objekts līgumā no</t>
   </si>
   <si>
     <t>Objekts līgumā līdz</t>
   </si>
   <si>
     <t>Fiziska persona</t>
   </si>
   <si>
-    <t>7405 001 0469</t>
-[...7 lines deleted...]
-  <si>
     <t>Juridiska persona</t>
   </si>
   <si>
-    <t>7405 002 0552</t>
-[...34 lines deleted...]
-  <si>
     <t>Objekta adrese/ nosaukums</t>
   </si>
   <si>
     <t>Nomnieks</t>
   </si>
   <si>
     <t>Objekta kadastra numurs</t>
   </si>
   <si>
-    <t>7494 003 0270</t>
-[...4 lines deleted...]
-  <si>
     <t>Ceplīšu dārzi, Tīnūžu pag., Ogres nov.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Celtnieks 1, Tīnūžu pag., Ogres nov.</t>
   </si>
   <si>
     <t>Kraujas 2-2, Tīnūžu pag., Ogres nov.</t>
   </si>
   <si>
     <t>Irbenāju iela 2, Ikšķile, Ogres nov.</t>
   </si>
   <si>
     <t>Birzēni, Ikšķile, Ogres nov.</t>
   </si>
   <si>
     <t>Stadiona iela, Ikšķile, Ogres nov.</t>
   </si>
   <si>
     <t>Kranciema karjers, Tīnūžu pag., Ogres nov.</t>
   </si>
   <si>
     <t>Daugavas prospekts 20C, Ikšķile, Ogres nov.</t>
   </si>
   <si>
     <t>Ozolu iela, Ikšķile, Ogres nov.</t>
   </si>
   <si>
     <t>Ziedu iela, Ikšķile, Ogres nov.</t>
   </si>
@@ -153,86 +99,68 @@
     <t>N.p.k.</t>
   </si>
   <si>
     <r>
       <t>Iznomātā platība, m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FF002060"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Kraujas 2-3, Tīnūžu pag., Ogres nov.</t>
   </si>
   <si>
     <t>Skolas iela 2B, Ikšķile, Ogres nov.</t>
   </si>
   <si>
-    <t>7405 002 0575</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Zeme Kraujas 1-3, Tīnūžu pag., Ogres nov.                                                                                                                                                                                                          </t>
   </si>
   <si>
-    <t>Rīgas iela 20, Tīnūžu pag., Ogres nov.</t>
-[...1 lines deleted...]
-  <si>
     <t>Mūrkroga iela 27, Tīnūžu pag., Ogres nov.</t>
   </si>
   <si>
-    <t>Peldu iela 22, Tīnūžu pag., Ogres nov.</t>
-[...1 lines deleted...]
-  <si>
     <t>01.12.2005.</t>
   </si>
   <si>
     <t>26.03.2015.</t>
   </si>
   <si>
     <t>01.07.2015.</t>
   </si>
   <si>
-    <t>02.09.2008.</t>
-[...1 lines deleted...]
-  <si>
     <t>30.11.2030.</t>
   </si>
   <si>
-    <t>25.03.2025.</t>
-[...1 lines deleted...]
-  <si>
     <t>30.06.2045.</t>
   </si>
   <si>
     <t>11.09.2017.</t>
   </si>
   <si>
     <t>28.07.2017.</t>
   </si>
   <si>
     <t>19.04.2016.</t>
   </si>
   <si>
     <t>03.07.2017.</t>
   </si>
   <si>
     <t>29.06.2017.</t>
   </si>
   <si>
     <t>27.06.2017.</t>
   </si>
   <si>
     <t>10.09.2027.</t>
   </si>
   <si>
     <t>27.07.2027.</t>
@@ -321,162 +249,122 @@
   <si>
     <t>10.01.2019.</t>
   </si>
   <si>
     <t>13.05.2020.</t>
   </si>
   <si>
     <t>22.05.2020.</t>
   </si>
   <si>
     <t>02.01.2029.</t>
   </si>
   <si>
     <t>12.05.2030.</t>
   </si>
   <si>
     <t>21.05.2030.</t>
   </si>
   <si>
     <t>12.05.2020.</t>
   </si>
   <si>
     <t>09.04.2020.</t>
   </si>
   <si>
-    <t>19.09.2022.</t>
-[...4 lines deleted...]
-  <si>
     <t>11.05.2030.</t>
   </si>
   <si>
     <t>08.04.2050.</t>
   </si>
   <si>
-    <t>18.09.2032.</t>
-[...4 lines deleted...]
-  <si>
     <t>24.10.2022.</t>
   </si>
   <si>
     <t>22.01.2021.</t>
   </si>
   <si>
     <t>13.05.2019.</t>
   </si>
   <si>
     <t>18.06.2020.</t>
   </si>
   <si>
-    <t>01.05.2003.</t>
-[...1 lines deleted...]
-  <si>
     <t>23.08.2012.</t>
   </si>
   <si>
     <t>23.10.2028.</t>
   </si>
   <si>
     <t>21.01.2031.</t>
   </si>
   <si>
     <t>12.05.2029.</t>
   </si>
   <si>
     <t>17.06.2030.</t>
   </si>
   <si>
-    <t>30.04.2024.</t>
-[...1 lines deleted...]
-  <si>
     <t>30.09.2032.</t>
   </si>
   <si>
     <t>22.06.2022.</t>
   </si>
   <si>
     <t>22.08.2023.</t>
   </si>
   <si>
     <t>21.06.2032.</t>
   </si>
   <si>
     <t>21.08.2029.</t>
   </si>
   <si>
-    <t>29.04.2025.</t>
-[...13 lines deleted...]
-  <si>
     <t>Skolas iela 4, Ikšķile, Ogres nov.</t>
   </si>
   <si>
     <t>23.10.2024.</t>
   </si>
   <si>
     <t>22.10.2034.</t>
   </si>
   <si>
-    <t>7405 002 0521</t>
-[...1 lines deleted...]
-  <si>
     <t>Centra apbūves piebrauktuves, Ikšķile, Ogres nov.</t>
   </si>
   <si>
-    <t>7405 002 0509</t>
-[...4 lines deleted...]
-  <si>
     <t>09.01.2031.</t>
+  </si>
+  <si>
+    <t>25.03.2028.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0;[Red]#,##0"/>
-    <numFmt numFmtId="165" formatCode="#,##0.0;[Red]#,##0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -641,126 +529,139 @@
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color theme="7" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="2" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="2" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="1" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="2" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEEE5FF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
@@ -896,50 +797,51 @@
           <fgColor theme="7" tint="0.79998168889431442"/>
           <bgColor rgb="FFEEE5FF"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEEE5FF"/>
         </patternFill>
       </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -1024,51 +926,51 @@
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FFEEE5FF"/>
       <color rgb="FFE6D9FF"/>
       <color rgb="FFE1E1FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{E6F32195-6036-4639-8E24-7F6608BF0674}" name="Ikšķile" displayName="Ikšķile" ref="A1:G47" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{E6F32195-6036-4639-8E24-7F6608BF0674}" name="Ikšķile" displayName="Ikšķile" ref="A1:G40" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{A778F317-0008-447D-8527-2C5456616632}" name="N.p.k." dataDxfId="6"/>
     <tableColumn id="2" xr3:uid="{B5541DE4-14AB-4F99-8011-8A829610943B}" name="Objekta kadastra numurs" dataDxfId="5"/>
     <tableColumn id="3" xr3:uid="{78E9389B-A7BB-4DC7-B5FB-6B715444F91A}" name="Objekta adrese/ nosaukums" dataDxfId="4"/>
     <tableColumn id="4" xr3:uid="{3A8FC6FA-D888-4D03-97A7-250816CA19D3}" name="Nomnieks" dataDxfId="3"/>
     <tableColumn id="5" xr3:uid="{3775861A-8CEC-4850-A721-30E929E07BAA}" name="Objekts līgumā no" dataDxfId="2"/>
     <tableColumn id="6" xr3:uid="{144A85D3-7165-4116-BEBE-838675307E26}" name="Objekts līgumā līdz" dataDxfId="1"/>
     <tableColumn id="7" xr3:uid="{37D8D716-34CB-44EA-8C4A-9394972B0AA2}" name="Iznomātā platība, m2" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium5" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1366,1154 +1268,990 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{841F5288-9CAD-456D-ACE3-A85CD01CAD50}">
   <sheetPr>
     <tabColor theme="5" tint="-0.249977111117893"/>
   </sheetPr>
-  <dimension ref="A1:G47"/>
+  <dimension ref="A1:G40"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H6" sqref="H6"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.453125" customWidth="1"/>
+    <col min="1" max="1" width="4.42578125" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="40" customWidth="1"/>
-    <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="12" customWidth="1"/>
-    <col min="7" max="7" width="10.54296875" customWidth="1"/>
+    <col min="7" max="7" width="10.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="31" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" ht="32.25" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="3" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7" x14ac:dyDescent="0.35">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="4">
         <v>1</v>
       </c>
-      <c r="B2" s="5" t="s">
-        <v>14</v>
+      <c r="B2" s="30">
+        <v>74940060208</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E2" s="7" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="F2" s="7" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G2" s="8">
         <v>666500</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="4">
         <v>2</v>
       </c>
-      <c r="B3" s="5" t="s">
-        <v>3</v>
+      <c r="B3" s="30">
+        <v>74050010469</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="7" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="G3" s="8">
         <v>451</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A4" s="9">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="4">
         <v>3</v>
       </c>
-      <c r="B4" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="10" t="s">
+      <c r="B4" s="31">
+        <v>74050020552</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="14" t="s">
         <v>28</v>
       </c>
-      <c r="D4" s="11" t="s">
-[...8 lines deleted...]
-      <c r="G4" s="13">
+      <c r="G4" s="12">
         <v>392</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="4">
         <v>4</v>
       </c>
-      <c r="B5" s="15" t="s">
-[...18 lines deleted...]
-    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B5" s="31">
+        <v>74940030270</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E5" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" s="12">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="15" t="s">
-[...19 lines deleted...]
-      <c r="A7" s="9">
+      <c r="B6" s="32">
+        <v>74050020552</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" s="8">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="4">
         <v>6</v>
       </c>
-      <c r="B7" s="17" t="s">
-[...9 lines deleted...]
-        <v>54</v>
+      <c r="B7" s="33">
+        <v>74050020552</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>31</v>
       </c>
       <c r="F7" s="14" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
+        <v>37</v>
+      </c>
+      <c r="G7" s="12">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>7</v>
       </c>
-      <c r="B8" s="10" t="s">
-[...18 lines deleted...]
-    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B8" s="30">
+        <v>74050010492</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" s="8">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>8</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...9 lines deleted...]
-        <v>56</v>
+      <c r="B9" s="33">
+        <v>74940030270</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>33</v>
       </c>
       <c r="F9" s="14" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G9" s="8">
+        <v>39</v>
+      </c>
+      <c r="G9" s="12">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="4">
         <v>9</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G10" s="13">
+      <c r="B10" s="32">
+        <v>74940030270</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" s="8">
         <v>1216</v>
       </c>
     </row>
-    <row r="11" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>10</v>
       </c>
-      <c r="B11" s="17" t="s">
-[...9 lines deleted...]
-        <v>58</v>
+      <c r="B11" s="31">
+        <v>74940030270</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>34</v>
       </c>
       <c r="F11" s="14" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
+        <v>40</v>
+      </c>
+      <c r="G11" s="12">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
         <v>11</v>
       </c>
-      <c r="B12" s="15" t="s">
+      <c r="B12" s="32">
+        <v>74940040247</v>
+      </c>
+      <c r="C12" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="10" t="s">
-[...16 lines deleted...]
-      <c r="A13" s="9">
+      <c r="D12" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" s="8">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="4">
         <v>12</v>
       </c>
-      <c r="B13" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="5" t="s">
+      <c r="B13" s="33">
+        <v>74940030270</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E13" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="D13" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="14" t="s">
-        <v>68</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
+        <v>45</v>
+      </c>
+      <c r="G13" s="12">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>13</v>
       </c>
-      <c r="B14" s="10" t="s">
-[...18 lines deleted...]
-    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B14" s="32">
+        <v>74940030270</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" s="8">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>14</v>
       </c>
-      <c r="B15" s="17" t="s">
-[...9 lines deleted...]
-        <v>66</v>
+      <c r="B15" s="31">
+        <v>74050020493</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="11" t="s">
+        <v>43</v>
       </c>
       <c r="F15" s="14" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      <c r="A16" s="9">
+        <v>46</v>
+      </c>
+      <c r="G15" s="24">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="4">
         <v>15</v>
       </c>
-      <c r="B16" s="15" t="s">
-[...18 lines deleted...]
-    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B16" s="30">
+        <v>74940030270</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="G16" s="25">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="4">
         <v>16</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...9 lines deleted...]
-        <v>77</v>
+      <c r="B17" s="31">
+        <v>74050010469</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>54</v>
       </c>
       <c r="F17" s="14" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
+        <v>48</v>
+      </c>
+      <c r="G17" s="12">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="4">
         <v>17</v>
       </c>
-      <c r="B18" s="15" t="s">
+      <c r="B18" s="30">
+        <v>74050010505</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F18" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G18" s="8">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="4">
+        <v>18</v>
+      </c>
+      <c r="B19" s="33">
+        <v>74050020659</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C18" s="10" t="s">
-[...29 lines deleted...]
-        <v>79</v>
+      <c r="E19" s="11" t="s">
+        <v>56</v>
       </c>
       <c r="F19" s="14" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+        <v>50</v>
+      </c>
+      <c r="G19" s="12">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="4">
         <v>19</v>
       </c>
-      <c r="B20" s="10" t="s">
-[...18 lines deleted...]
-    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B20" s="30">
+        <v>74940030270</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="G20" s="8">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="4">
         <v>20</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...9 lines deleted...]
-        <v>81</v>
+      <c r="B21" s="31">
+        <v>74940030270</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>58</v>
       </c>
       <c r="F21" s="14" t="s">
-        <v>75</v>
-[...6 lines deleted...]
-      <c r="A22" s="9">
+        <v>52</v>
+      </c>
+      <c r="G21" s="12">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="4">
         <v>21</v>
       </c>
-      <c r="B22" s="15" t="s">
-[...14 lines deleted...]
-      <c r="G22" s="13">
+      <c r="B22" s="32">
+        <v>74940030270</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" s="8">
         <v>1206</v>
       </c>
     </row>
-    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="4">
         <v>22</v>
       </c>
-      <c r="B23" s="17" t="s">
-        <v>22</v>
+      <c r="B23" s="32">
+        <v>74940070111</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>82</v>
+        <v>59</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="G23" s="8">
-        <v>1206</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7" x14ac:dyDescent="0.35">
+        <v>25600</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="4">
         <v>23</v>
       </c>
-      <c r="B24" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="10" t="s">
+      <c r="B24" s="30">
+        <v>74940040232</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G24" s="8">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="4">
         <v>24</v>
       </c>
-      <c r="D24" s="11" t="s">
-[...17 lines deleted...]
-        <v>15</v>
+      <c r="B25" s="30">
+        <v>74940030270</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D25" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="F25" s="7" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="G25" s="8">
-        <v>25600</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="4">
         <v>25</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...18 lines deleted...]
-    <row r="27" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B26" s="31">
+        <v>74940040244</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E26" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F26" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="G26" s="12">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="4">
         <v>26</v>
       </c>
-      <c r="B27" s="5" t="s">
-        <v>22</v>
+      <c r="B27" s="30">
+        <v>74940030270</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D27" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>91</v>
+        <v>68</v>
       </c>
       <c r="G27" s="8">
-        <v>807</v>
-[...3 lines deleted...]
-      <c r="A28" s="9">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="4">
         <v>27</v>
       </c>
-      <c r="B28" s="15" t="s">
-[...18 lines deleted...]
-    <row r="29" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B28" s="31">
+        <v>74940030270</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E28" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F28" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="G28" s="12">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="4">
         <v>28</v>
       </c>
-      <c r="B29" s="5" t="s">
-        <v>22</v>
+      <c r="B29" s="32">
+        <v>74940030270</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="G29" s="8">
-        <v>1632</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="4">
         <v>29</v>
       </c>
-      <c r="B30" s="15" t="s">
-[...19 lines deleted...]
-      <c r="A31" s="9">
+      <c r="B30" s="30">
+        <v>74940121039</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G30" s="8">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="4">
         <v>30</v>
       </c>
-      <c r="B31" s="17" t="s">
-        <v>22</v>
+      <c r="B31" s="30">
+        <v>74940030270</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D31" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
       <c r="G31" s="8">
-        <v>1206</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="4">
         <v>31</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...18 lines deleted...]
-    <row r="33" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B32" s="34">
+        <v>74940030270</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E32" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="F32" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G32" s="18">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="4">
         <v>32</v>
       </c>
-      <c r="B33" s="20" t="s">
-[...19 lines deleted...]
-      <c r="A34" s="9">
+      <c r="B33" s="34">
+        <v>74940030270</v>
+      </c>
+      <c r="C33" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E33" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="F33" s="17" t="s">
+        <v>81</v>
+      </c>
+      <c r="G33" s="18">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="4">
         <v>33</v>
       </c>
-      <c r="B34" s="5" t="s">
-[...18 lines deleted...]
-    <row r="35" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B34" s="35">
+        <v>74940030270</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="E34" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="F34" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="G34" s="19">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="4">
         <v>34</v>
       </c>
-      <c r="B35" s="5" t="s">
-[...18 lines deleted...]
-    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B35" s="34">
+        <v>74940030270</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E35" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="F35" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="18">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="4">
         <v>35</v>
       </c>
-      <c r="B36" s="24" t="s">
-[...12 lines deleted...]
-        <v>109</v>
+      <c r="B36" s="36">
+        <v>74940040240</v>
+      </c>
+      <c r="C36" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="E36" s="26" t="s">
+        <v>78</v>
+      </c>
+      <c r="F36" s="26" t="s">
+        <v>83</v>
       </c>
       <c r="G36" s="22">
-        <v>1202</v>
-[...3 lines deleted...]
-      <c r="A37" s="9">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="4">
         <v>36</v>
       </c>
-      <c r="B37" s="24" t="s">
-[...18 lines deleted...]
-    <row r="38" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B37" s="37">
+        <v>74050020575</v>
+      </c>
+      <c r="C37" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="E37" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="F37" s="27" t="s">
+        <v>86</v>
+      </c>
+      <c r="G37" s="23">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="4">
         <v>37</v>
       </c>
-      <c r="B38" s="25" t="s">
-        <v>22</v>
+      <c r="B38" s="38">
+        <v>74940030270</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>24</v>
-[...8 lines deleted...]
-        <v>111</v>
+        <v>7</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>87</v>
       </c>
       <c r="G38" s="23">
-        <v>1206</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="4">
         <v>38</v>
       </c>
-      <c r="B39" s="24" t="s">
-[...8 lines deleted...]
-      <c r="E39" s="21" t="s">
+      <c r="B39" s="36">
+        <v>74050020517</v>
+      </c>
+      <c r="C39" s="28" t="s">
+        <v>88</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="E39" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="F39" s="29" t="s">
         <v>90</v>
       </c>
-      <c r="F39" s="21" t="s">
-[...7 lines deleted...]
-      <c r="A40" s="9">
+      <c r="G39" s="23">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="4">
         <v>39</v>
       </c>
-      <c r="B40" s="27" t="s">
-[...175 lines deleted...]
-      <c r="G47" s="30">
+      <c r="B40" s="36">
+        <v>74050020521</v>
+      </c>
+      <c r="C40" s="28" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="E40" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" s="29" t="s">
+        <v>90</v>
+      </c>
+      <c r="G40" s="23">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>zemes_noma</vt:lpstr>
     </vt:vector>