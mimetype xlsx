--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -1,400 +1,445 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26026"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\IZazerska\Documents\PUBLIKĀCIJAI_noma\Pašvaldības IZNOMĀTIE īpašumi\TELPAS\Atsūtītie no pagastiem_pēc rīkojuma\Uz publikāciju_06_06_2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\SRode\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4EF36FA0-AC6B-4A81-B2EE-D1980F827351}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4E2D6D83-2764-4FF6-8D78-AF76FB24A96F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="844" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ekas_telpas" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ekas_telpas!$A$6:$J$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ekas_telpas!$B$6:$K$29</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="107">
   <si>
     <t>Nr.p. k.</t>
   </si>
   <si>
     <t>Lietošanas mērķis</t>
   </si>
   <si>
     <t>Nomas objekta adrese</t>
   </si>
   <si>
     <t>Nekustamā īpašuma kadastra numurs</t>
   </si>
   <si>
     <t>Nomnieks</t>
   </si>
   <si>
     <t>Telpu kadastra apzīmējums</t>
   </si>
   <si>
     <t>Nomas līguma darbības sākuma termiņš</t>
   </si>
   <si>
     <t>Nomas līguma darbības beigu termiņš</t>
-  </si>
-[...114 lines deleted...]
-    <t>deju un kustības terapijas nodarbībām</t>
   </si>
   <si>
     <r>
       <t>Nomas maksas apmērs (par 1 m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> mēnesī vai gadā/ par h)</t>
+      <t xml:space="preserve"> mēnesī vai gadā/ par h) </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Iznomātā platība, m</t>
     </r>
     <r>
       <rPr>
         <b/>
-        <i/>
+        <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> bez PVN</t>
+      <t>2</t>
     </r>
   </si>
   <si>
-    <t>SIA "Centrālā laboratorija", reģ.nr.40003210801</t>
-[...20 lines deleted...]
-    <t>SIA "Sandras Bērziņas ģimenes ārsta prakse", reģ.nr.54103129361</t>
+    <t>PIELIKUMS</t>
+  </si>
+  <si>
+    <t>Ogres novada pašvaldības</t>
+  </si>
+  <si>
+    <t>26.05.2025. rīkojumam Nr.S/92</t>
+  </si>
+  <si>
+    <t>Daugavas pr. 34, Ikšķile</t>
+  </si>
+  <si>
+    <t>vingrošanas nodarbības</t>
+  </si>
+  <si>
+    <t>vingrošanas nod.- pilates</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību “B13”</t>
+  </si>
+  <si>
+    <t>silto smilšu terapeita pakalpojumi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103.50 EUR/ mēn. </t>
+  </si>
+  <si>
+    <t>logopēda pakalpojumi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54 EUR/ mēn. </t>
+  </si>
+  <si>
+    <t>Skolas iela 4, Ikšķile</t>
+  </si>
+  <si>
+    <t>SIA "Centrālā laboratorija"</t>
+  </si>
+  <si>
+    <t>medicīnieskie laboratorisko izmeklējumu pakalpojumu sniedzēji</t>
+  </si>
+  <si>
+    <t>221.7 EUR/ mēn.</t>
+  </si>
+  <si>
+    <t>SIA "OGRES RAJONA SLIMNĪCA"</t>
+  </si>
+  <si>
+    <t>rentgena pakalpojumu sniegšana</t>
+  </si>
+  <si>
+    <t>7 EUR/m2 mēn.</t>
+  </si>
+  <si>
+    <t>SIA "Izaugsmes SPOTS"</t>
+  </si>
+  <si>
+    <t>nodarbības tehn. Jaunradē</t>
+  </si>
+  <si>
+    <t>SIA "AiMed"</t>
+  </si>
+  <si>
+    <t>ģim. Ārstu prakses pakalp. Sniegšana</t>
+  </si>
+  <si>
+    <t>D.Breihas ģimenes ārsta prakse SIA</t>
+  </si>
+  <si>
+    <t>SIA "Sandras Bērziņas ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>SIA Kristīnes Puriņas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>AA kustība</t>
+  </si>
+  <si>
+    <t>Ikšķiles baptistu draudze</t>
+  </si>
+  <si>
+    <t>draudzes dievkalpojumi</t>
+  </si>
+  <si>
+    <t>biedrība "Tīnūžu Šķībais koris "</t>
+  </si>
+  <si>
+    <t>kora mēģinājumu norise</t>
+  </si>
+  <si>
+    <t>4.13 EUR/h</t>
+  </si>
+  <si>
+    <t>Peldu iela 22, Ikšķile</t>
+  </si>
+  <si>
+    <t>sarīkojuma deju nodarbību organizēšana iedzīvotājiem</t>
+  </si>
+  <si>
+    <t>7 EUR/h</t>
+  </si>
+  <si>
+    <t>0.06 EUR/m2 h</t>
+  </si>
+  <si>
+    <t>ZSS Fit &amp; Move IK</t>
+  </si>
+  <si>
+    <t>veselības veicināšanas nodarbības</t>
+  </si>
+  <si>
+    <t>SIA "Klavierspēle"</t>
+  </si>
+  <si>
+    <t>klavieru studijas nodarbību nodrošināšana</t>
+  </si>
+  <si>
+    <t>SIA Ikšķiles māja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">575.98 EUR/ mēn. </t>
+  </si>
+  <si>
+    <t>Birzes iela 33a, Ikšķile</t>
+  </si>
+  <si>
+    <t>VAS Latvijas Pasts</t>
+  </si>
+  <si>
+    <t>0.71 EUR/m2 mēn.</t>
+  </si>
+  <si>
+    <t>Andra Pāvulāna ģimenes ārsta prakse</t>
   </si>
   <si>
     <t>ģim. ārstu prakses pakalpojumu sniegšana</t>
   </si>
   <si>
-    <t>SIA Kristīnes Puriņas ģimenes ārsta prakse, reģ.nr.42103100027</t>
-[...5 lines deleted...]
-    <t>SIA "Ikšķiles māja", reģ.nr.40103416198</t>
+    <t>Pasta pakalpojumi</t>
+  </si>
+  <si>
+    <t>0.65 EUR/m2 mēn.</t>
+  </si>
+  <si>
+    <t>Komunālās saimniecības pakalpojumi</t>
+  </si>
+  <si>
+    <t>Rīgas iela 175, Ikšķile</t>
   </si>
   <si>
     <t>Biedrība "Ikšķiles Brīvā skola", reģ.nr.40008200871</t>
   </si>
   <si>
-    <t>atbalsta pasākumu nodrošināšana</t>
+    <t>vispārējās izglītības nodrošināšana Ikšķiles novadā dzīvojošiem bērniem un jauniešiem, pilsoniskas sabiedrības veidošanas un attīstības veicināšana</t>
+  </si>
+  <si>
+    <t>1.5% gadā no ēkas kadastrālās vērtības</t>
+  </si>
+  <si>
+    <t>18.08.2016.</t>
+  </si>
+  <si>
+    <t>01.09.2028.</t>
+  </si>
+  <si>
+    <t>biedrība "SK MULTISPORTS"</t>
+  </si>
+  <si>
+    <t>bērnu un jauniešu deju nodarbības</t>
+  </si>
+  <si>
+    <t>8.26 EUR/h</t>
+  </si>
+  <si>
+    <t>Fiziska persona</t>
+  </si>
+  <si>
+    <t>Ogres novada pašvaldības nomas objektu (ēkas, telpas) saraksts uz 10.11.2025.</t>
+  </si>
+  <si>
+    <t>01.05.2003.</t>
+  </si>
+  <si>
+    <t>30.04.2033.</t>
+  </si>
+  <si>
+    <t>18.06.2026.</t>
+  </si>
+  <si>
+    <t>29.08.2025.</t>
+  </si>
+  <si>
+    <t>04.08.2025.</t>
+  </si>
+  <si>
+    <t>31.07.2026.</t>
+  </si>
+  <si>
+    <t>08.02.2023.</t>
+  </si>
+  <si>
+    <t>31.12.2025.</t>
+  </si>
+  <si>
+    <t>02.06.2025.</t>
+  </si>
+  <si>
+    <t>01.06.2031.</t>
+  </si>
+  <si>
+    <t>28.05.2025.</t>
+  </si>
+  <si>
+    <t>27.05.2031.</t>
+  </si>
+  <si>
+    <t>26.08.2025.</t>
+  </si>
+  <si>
+    <t>31.08.2026.</t>
+  </si>
+  <si>
+    <t>31.05.2026.</t>
+  </si>
+  <si>
+    <t>02.11.2025.</t>
+  </si>
+  <si>
+    <t>31.10.2026.</t>
+  </si>
+  <si>
+    <t>30.09.2026.</t>
+  </si>
+  <si>
+    <t>28.08.2025.</t>
+  </si>
+  <si>
+    <t>30.04.2026.</t>
+  </si>
+  <si>
+    <t>30.09.2024.</t>
+  </si>
+  <si>
+    <t>31.12.2027.</t>
+  </si>
+  <si>
+    <t>01.09.2025.</t>
+  </si>
+  <si>
+    <t>13.09.2022.</t>
+  </si>
+  <si>
+    <t>12.09.2032.</t>
+  </si>
+  <si>
+    <t>24.01.2025.</t>
+  </si>
+  <si>
+    <t>23.01.2031.</t>
+  </si>
+  <si>
+    <t>13.11.2024.</t>
+  </si>
+  <si>
+    <t>11.11.2030.</t>
+  </si>
+  <si>
+    <t>09.09.2025.</t>
+  </si>
+  <si>
+    <t>30.06.2026.</t>
   </si>
   <si>
     <t>09.09.2024.</t>
   </si>
   <si>
-    <t>31.08.2025.</t>
-[...46 lines deleted...]
-  <si>
     <t>08.09.2030.</t>
   </si>
   <si>
     <t>23.01.2025.</t>
   </si>
   <si>
-    <t>01.05.2003.</t>
-[...32 lines deleted...]
-    <t>Fiziska persona</t>
+    <t>20.10.2025.</t>
+  </si>
+  <si>
+    <t>27.08.2025.</t>
+  </si>
+  <si>
+    <t>Kraujas, Tīnūžu pag., Tīnūži</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd&quot;.&quot;mm&quot;.&quot;yyyy"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -408,79 +453,80 @@
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
-      <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
-    <font>
-[...7 lines deleted...]
-    </font>
   </fonts>
-  <fills count="3">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -554,560 +600,641 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...52 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="14">
+  <dxfs count="15">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
     <dxf>
       <border>
         <top style="thin">
           <color indexed="64"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border diagonalUp="0" diagonalDown="0">
         <left style="medium">
           <color indexed="64"/>
         </left>
         <right style="medium">
           <color indexed="64"/>
         </right>
         <top style="medium">
           <color indexed="64"/>
         </top>
         <bottom style="medium">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
@@ -1159,65 +1286,65 @@
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0099CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="OgreOgresgalsIkšķile" displayName="OgreOgresgalsIkšķile" ref="A6:J24" totalsRowShown="0" headerRowDxfId="13" headerRowBorderDxfId="12" tableBorderDxfId="11" totalsRowBorderDxfId="10">
-[...1 lines deleted...]
-    <sortCondition ref="A6:A23"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="OgreOgresgalsIkšķile" displayName="OgreOgresgalsIkšķile" ref="B6:K29" totalsRowShown="0" headerRowDxfId="14" dataDxfId="0" headerRowBorderDxfId="13" tableBorderDxfId="12" totalsRowBorderDxfId="11">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B7:K29">
+    <sortCondition ref="C6:C29"/>
   </sortState>
   <tableColumns count="10">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Nr.p. k." dataDxfId="9"/>
-[...8 lines deleted...]
-    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Nomas līguma darbības beigu termiņš" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Nr.p. k." dataDxfId="10"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Nomas objekta adrese" dataDxfId="9"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Nekustamā īpašuma kadastra numurs" dataDxfId="8"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Telpu kadastra apzīmējums" dataDxfId="7"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Nomnieks" dataDxfId="6"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Iznomātā platība, m2" dataDxfId="5"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Lietošanas mērķis" dataDxfId="4"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Nomas maksas apmērs (par 1 m2 mēnesī vai gadā/ par h) " dataDxfId="3"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Nomas līguma darbības sākuma termiņš" dataDxfId="2"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Nomas līguma darbības beigu termiņš" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1480,715 +1607,881 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J24"/>
+  <dimension ref="B1:L29"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="K11" sqref="K11"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A23" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F30" sqref="F30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5" style="4" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="9.140625" style="3"/>
+    <col min="2" max="2" width="5" style="2" customWidth="1"/>
+    <col min="3" max="3" width="33.28515625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" style="7" customWidth="1"/>
+    <col min="5" max="5" width="18" style="7" customWidth="1"/>
+    <col min="6" max="6" width="19.85546875" style="6" customWidth="1"/>
+    <col min="7" max="7" width="10.28515625" style="4" customWidth="1"/>
+    <col min="8" max="8" width="22.42578125" style="5" customWidth="1"/>
+    <col min="9" max="9" width="17.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="13.85546875" style="6" customWidth="1"/>
+    <col min="11" max="11" width="13.5703125" style="6" customWidth="1"/>
+    <col min="12" max="12" width="10.28515625" style="3" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="J1" s="23" t="s">
+    <row r="1" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K1" s="13" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K2" s="13" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K3" s="13" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K4" s="13"/>
+    </row>
+    <row r="5" spans="2:12" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="2"/>
+      <c r="C5" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="D5" s="14"/>
+      <c r="E5" s="14"/>
+      <c r="F5" s="14"/>
+      <c r="G5" s="14"/>
+      <c r="H5" s="14"/>
+      <c r="I5" s="14"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+    </row>
+    <row r="6" spans="2:12" customFormat="1" ht="62.25" x14ac:dyDescent="0.25">
+      <c r="B6" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="E6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="G6" s="8" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="J2" s="23" t="s">
+      <c r="H6" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="J6" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="7" spans="2:12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="42">
+        <v>1</v>
+      </c>
+      <c r="C7" s="49" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" s="58">
+        <v>74050020620</v>
+      </c>
+      <c r="E7" s="58">
+        <v>74050020523001</v>
+      </c>
+      <c r="F7" s="49" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" s="50">
+        <v>86.7</v>
+      </c>
+      <c r="H7" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="I7" s="59" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="L7" s="67"/>
+    </row>
+    <row r="8" spans="2:12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="18">
+        <v>2</v>
+      </c>
+      <c r="C8" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="19">
+        <v>74050020309</v>
+      </c>
+      <c r="E8" s="19">
+        <v>74050020309007</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" s="20">
+        <v>87.1</v>
+      </c>
+      <c r="H8" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="I8" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="J8" s="21" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="42">
+        <v>3</v>
+      </c>
+      <c r="C9" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="44">
+        <v>74050020309</v>
+      </c>
+      <c r="E9" s="44">
+        <v>74050020309007</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" s="45">
+        <v>23.2</v>
+      </c>
+      <c r="H9" s="43" t="s">
+        <v>35</v>
+      </c>
+      <c r="I9" s="45" t="s">
+        <v>44</v>
+      </c>
+      <c r="J9" s="65" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" s="66" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="B10" s="18">
+        <v>4</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="19">
+        <v>74050020309</v>
+      </c>
+      <c r="E10" s="19">
+        <v>74050020309007</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" s="20">
+        <v>87.1</v>
+      </c>
+      <c r="H10" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="J10" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" s="22" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="B11" s="42">
+        <v>5</v>
+      </c>
+      <c r="C11" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" s="44">
+        <v>74050020309</v>
+      </c>
+      <c r="E11" s="44">
+        <v>74050020309007</v>
+      </c>
+      <c r="F11" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" s="45">
+        <v>17.7</v>
+      </c>
+      <c r="H11" s="43" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="J11" s="47" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" s="48" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B12" s="18">
+        <v>6</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" s="19">
+        <v>74050020309</v>
+      </c>
+      <c r="E12" s="19">
+        <v>74050020309007</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G12" s="20">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="H12" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I12" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="J12" s="24" t="s">
+        <v>80</v>
+      </c>
+      <c r="K12" s="25" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="B13" s="42">
+        <v>7</v>
+      </c>
+      <c r="C13" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" s="44">
+        <v>74050020309</v>
+      </c>
+      <c r="E13" s="44">
+        <v>74050020309007</v>
+      </c>
+      <c r="F13" s="43" t="s">
+        <v>65</v>
+      </c>
+      <c r="G13" s="45">
+        <v>87.1</v>
+      </c>
+      <c r="H13" s="43" t="s">
+        <v>66</v>
+      </c>
+      <c r="I13" s="45" t="s">
+        <v>44</v>
+      </c>
+      <c r="J13" s="51" t="s">
+        <v>82</v>
+      </c>
+      <c r="K13" s="52" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="B14" s="18">
+        <v>8</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" s="19">
+        <v>74050020309</v>
+      </c>
+      <c r="E14" s="19">
+        <v>74050020309007</v>
+      </c>
+      <c r="F14" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" s="29">
+        <v>29</v>
+      </c>
+      <c r="H14" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="I14" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="J14" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="K14" s="27" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="B15" s="42">
+        <v>9</v>
+      </c>
+      <c r="C15" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="44">
+        <v>74050020309</v>
+      </c>
+      <c r="E15" s="44">
+        <v>74050020309007</v>
+      </c>
+      <c r="F15" s="49" t="s">
+        <v>36</v>
+      </c>
+      <c r="G15" s="50">
+        <v>110.3</v>
+      </c>
+      <c r="H15" s="49" t="s">
+        <v>37</v>
+      </c>
+      <c r="I15" s="45" t="s">
+        <v>44</v>
+      </c>
+      <c r="J15" s="51" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" s="52" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="B16" s="18">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="J3" s="23" t="s">
+      <c r="C16" s="28" t="s">
+        <v>106</v>
+      </c>
+      <c r="D16" s="35">
+        <v>74940050232</v>
+      </c>
+      <c r="E16" s="35">
+        <v>74940040232001</v>
+      </c>
+      <c r="F16" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="G16" s="29">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="H16" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="I16" s="36" t="s">
+        <v>40</v>
+      </c>
+      <c r="J16" s="26" t="s">
+        <v>104</v>
+      </c>
+      <c r="K16" s="27" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="17" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B17" s="42">
         <v>11</v>
       </c>
-    </row>
-[...39 lines deleted...]
-      <c r="H6" s="14" t="s">
+      <c r="C17" s="49" t="s">
+        <v>106</v>
+      </c>
+      <c r="D17" s="58">
+        <v>74940050232</v>
+      </c>
+      <c r="E17" s="58">
+        <v>74940040232001</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G17" s="50">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="H17" s="49" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="59" t="s">
+        <v>67</v>
+      </c>
+      <c r="J17" s="51" t="s">
+        <v>88</v>
+      </c>
+      <c r="K17" s="52" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="18" spans="2:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="B18" s="18">
+        <v>12</v>
+      </c>
+      <c r="C18" s="28" t="s">
+        <v>106</v>
+      </c>
+      <c r="D18" s="19">
+        <v>74940040232</v>
+      </c>
+      <c r="E18" s="19">
+        <v>74940040232001</v>
+      </c>
+      <c r="F18" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" s="20">
+        <v>26.4</v>
+      </c>
+      <c r="H18" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="I18" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="J18" s="26" t="s">
+        <v>90</v>
+      </c>
+      <c r="K18" s="27" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="19" spans="2:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="B19" s="42">
+        <v>13</v>
+      </c>
+      <c r="C19" s="60" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" s="61">
+        <v>74940120551</v>
+      </c>
+      <c r="E19" s="61">
+        <v>74940120551001</v>
+      </c>
+      <c r="F19" s="60" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" s="62">
+        <v>232.17</v>
+      </c>
+      <c r="H19" s="49" t="s">
+        <v>46</v>
+      </c>
+      <c r="I19" s="59" t="s">
+        <v>43</v>
+      </c>
+      <c r="J19" s="63" t="s">
+        <v>92</v>
+      </c>
+      <c r="K19" s="64" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="2:11" ht="45" x14ac:dyDescent="0.25">
+      <c r="B20" s="18">
+        <v>14</v>
+      </c>
+      <c r="C20" s="37" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" s="38">
+        <v>74940120551</v>
+      </c>
+      <c r="E20" s="38">
+        <v>74940120551001</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G20" s="39">
+        <v>232.17</v>
+      </c>
+      <c r="H20" s="28" t="s">
         <v>42</v>
       </c>
-      <c r="I6" s="16" t="s">
-[...28 lines deleted...]
-      <c r="H7" s="3" t="s">
+      <c r="I20" s="36" t="s">
+        <v>43</v>
+      </c>
+      <c r="J20" s="40" t="s">
+        <v>105</v>
+      </c>
+      <c r="K20" s="41" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="21" spans="2:11" ht="45" x14ac:dyDescent="0.25">
+      <c r="B21" s="42">
         <v>15</v>
       </c>
-      <c r="I7" s="10" t="s">
-[...2 lines deleted...]
-      <c r="J7" s="18" t="s">
+      <c r="C21" s="60" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" s="61">
+        <v>74940120551</v>
+      </c>
+      <c r="E21" s="61">
+        <v>74940120551001</v>
+      </c>
+      <c r="F21" s="60" t="s">
+        <v>49</v>
+      </c>
+      <c r="G21" s="62">
+        <v>160.44</v>
+      </c>
+      <c r="H21" s="49" t="s">
         <v>58</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="I8" s="11" t="s">
+      <c r="I21" s="59" t="s">
+        <v>50</v>
+      </c>
+      <c r="J21" s="63" t="s">
+        <v>93</v>
+      </c>
+      <c r="K21" s="64" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="2:11" ht="120" x14ac:dyDescent="0.25">
+      <c r="B22" s="18">
+        <v>16</v>
+      </c>
+      <c r="C22" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="J8" s="19" t="s">
+      <c r="D22" s="19">
+        <v>74940150133</v>
+      </c>
+      <c r="E22" s="19">
+        <v>74940150133005</v>
+      </c>
+      <c r="F22" s="15" t="s">
         <v>60</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H9" s="9" t="s">
+      <c r="G22" s="20">
+        <v>112.7</v>
+      </c>
+      <c r="H22" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="I22" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="J22" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="K22" s="25" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="23" spans="2:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="B23" s="42">
+        <v>17</v>
+      </c>
+      <c r="C23" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="D23" s="44">
+        <v>74050020517</v>
+      </c>
+      <c r="E23" s="44">
+        <v>74050020517001</v>
+      </c>
+      <c r="F23" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G23" s="45">
+        <v>31.6</v>
+      </c>
+      <c r="H23" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="I23" s="46" t="s">
+        <v>24</v>
+      </c>
+      <c r="J23" s="47" t="s">
+        <v>95</v>
+      </c>
+      <c r="K23" s="48" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="24" spans="2:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="B24" s="18">
+        <v>18</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D24" s="19">
+        <v>74050020517</v>
+      </c>
+      <c r="E24" s="19">
+        <v>74050020517001</v>
+      </c>
+      <c r="F24" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="G24" s="20">
+        <v>17</v>
+      </c>
+      <c r="H24" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="I24" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="J24" s="24" t="s">
+        <v>97</v>
+      </c>
+      <c r="K24" s="25" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="25" spans="2:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="B25" s="42">
+        <v>19</v>
+      </c>
+      <c r="C25" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="44">
+        <v>74050020517</v>
+      </c>
+      <c r="E25" s="44">
+        <v>74050020517001</v>
+      </c>
+      <c r="F25" s="43" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" s="45">
+        <v>23.8</v>
+      </c>
+      <c r="H25" s="43" t="s">
+        <v>29</v>
+      </c>
+      <c r="I25" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="J25" s="47" t="s">
+        <v>99</v>
+      </c>
+      <c r="K25" s="48" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="26" spans="2:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="B26" s="18">
+        <v>20</v>
+      </c>
+      <c r="C26" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D26" s="19">
+        <v>74050020517</v>
+      </c>
+      <c r="E26" s="19">
+        <v>74050020517001</v>
+      </c>
+      <c r="F26" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G26" s="20">
+        <v>65.599999999999994</v>
+      </c>
+      <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I9" s="11" t="s">
-[...109 lines deleted...]
-      <c r="C13" s="12">
+      <c r="I26" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="J26" s="24" t="s">
+        <v>101</v>
+      </c>
+      <c r="K26" s="25" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="27" spans="2:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="B27" s="42">
+        <v>21</v>
+      </c>
+      <c r="C27" s="53" t="s">
+        <v>21</v>
+      </c>
+      <c r="D27" s="54">
         <v>74050020517</v>
       </c>
-      <c r="D13" s="12">
+      <c r="E27" s="54">
         <v>74050020517001</v>
       </c>
-      <c r="E13" s="2" t="s">
-[...25 lines deleted...]
-      <c r="C14" s="12">
+      <c r="F27" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="G27" s="55">
+        <v>52.7</v>
+      </c>
+      <c r="H27" s="43" t="s">
+        <v>31</v>
+      </c>
+      <c r="I27" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="J27" s="56" t="s">
+        <v>103</v>
+      </c>
+      <c r="K27" s="57" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="28" spans="2:11" ht="45" x14ac:dyDescent="0.25">
+      <c r="B28" s="18">
+        <v>22</v>
+      </c>
+      <c r="C28" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D28" s="31">
         <v>74050020517</v>
       </c>
-      <c r="D14" s="12">
+      <c r="E28" s="31">
         <v>74050020517001</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G14" s="2" t="s">
+      <c r="F28" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" s="32">
+        <v>55.8</v>
+      </c>
+      <c r="H28" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="I28" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="J28" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="K28" s="34" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="29" spans="2:11" ht="30" x14ac:dyDescent="0.25">
+      <c r="B29" s="42">
+        <v>23</v>
+      </c>
+      <c r="C29" s="53" t="s">
         <v>21</v>
       </c>
-      <c r="H14" s="3" t="s">
-[...16 lines deleted...]
-      <c r="C15" s="12">
+      <c r="D29" s="54">
         <v>74050020517</v>
       </c>
-      <c r="D15" s="12">
+      <c r="E29" s="54">
         <v>74050020517001</v>
       </c>
-      <c r="E15" s="2" t="s">
-[...130 lines deleted...]
-      <c r="F19" s="26">
+      <c r="F29" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" s="55">
         <v>55.1</v>
       </c>
-      <c r="G19" s="2" t="s">
-[...80 lines deleted...]
-      <c r="B22" s="31" t="s">
+      <c r="H29" s="53" t="s">
+        <v>31</v>
+      </c>
+      <c r="I29" s="55" t="s">
         <v>27</v>
       </c>
-      <c r="C22" s="29">
-[...81 lines deleted...]
-        <v>85</v>
+      <c r="J29" s="56" t="s">
+        <v>101</v>
+      </c>
+      <c r="K29" s="57" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B5:H5"/>
+    <mergeCell ref="C5:I5"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="75" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ekas_telpas</vt:lpstr>
     </vt:vector>