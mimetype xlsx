--- v0 (2025-10-29)
+++ v1 (2026-03-20)
@@ -3,74 +3,74 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26026"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\IZazerska\Documents\PUBLIKĀCIJAI_noma\Pašvaldības IZNOMĀTIE īpašumi\TELPAS\Atsūtītie no pagastiem_pēc rīkojuma\Uz publikāciju_06_06_2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\IZazerska\Documents\PUBLIKĀCIJAI_noma\Pašvaldības IZNOMĀTIE īpašumi\PUBLIKĀCIJAI\2025\jaunais\pēc_11.11.2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D2F89478-F57A-4494-924C-8B3EDE16C9CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A1A64979-BCF8-40EE-A6BA-C61AE3FD2687}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="844" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ēkas_telpas" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ēkas_telpas!$A$2:$J$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ēkas_telpas!$A$2:$J$47</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="86">
   <si>
     <t>Nr.p. k.</t>
   </si>
   <si>
     <t>Lietošanas mērķis</t>
   </si>
   <si>
     <t>Nomas objekta adrese</t>
   </si>
   <si>
     <t>Nekustamā īpašuma kadastra numurs</t>
   </si>
   <si>
     <t>Nomnieks</t>
   </si>
   <si>
     <t>Telpu kadastra apzīmējums</t>
   </si>
   <si>
     <t>Nomas līguma darbības sākuma termiņš</t>
   </si>
   <si>
     <t>Nomas līguma darbības beigu termiņš</t>
   </si>
   <si>
@@ -102,380 +102,375 @@
   </si>
   <si>
     <t>PII "Strautiņš" (Lapu iela 9, Ogre)</t>
   </si>
   <si>
     <r>
       <t>Iznomātā platība, m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>PII "Ābelīte"  (Nākotnes iela 3, Ogresgals, Ogres novads)</t>
   </si>
   <si>
-    <t>Zobārstniecības pakalpojumu sniegšanai</t>
-[...4 lines deleted...]
-  <si>
     <t>PII "Cīrulītis" (Meža pr.8, Ogre)</t>
   </si>
   <si>
-    <t>SIA "Baltic Restaurants Latvia", reģ.nr.40003556833</t>
-[...7 lines deleted...]
-  <si>
     <t>PII "Riekstiņš" (Nogāzes iela 6, Ogre)</t>
   </si>
   <si>
-    <t>60,35 EUR/mēn</t>
-[...13 lines deleted...]
-  <si>
     <t>PII "Dzīpariņš" (Mālkalnes pr.25, Ogre)</t>
   </si>
   <si>
-    <t>33,37 EUR/mēn</t>
-[...10 lines deleted...]
-  <si>
     <t>Brīvības iela 33, Ogre</t>
   </si>
   <si>
     <t>Valsts sociālās apdrošināšanas aģentūra, reģ.nr.90001669496</t>
   </si>
   <si>
     <t>Nomnieka darbības nodrošināšanai</t>
   </si>
   <si>
     <t>Brīvības iela 11, Ogre</t>
   </si>
   <si>
     <t>AS "Swedbank", reģ.nr.40003074764</t>
   </si>
   <si>
     <t>Skaidras naudas operāciju pašapkalpošanās ierīces uzstādīšanai, apkopei, apkalpošanai</t>
   </si>
   <si>
-    <t>SIA "Gamma NF", reģ.nr.40203221831</t>
-[...1 lines deleted...]
-  <si>
     <t>Akmeņu iela 74, Ogre</t>
   </si>
   <si>
     <t>SIA "Quality Jobs", reģ.nr.40103933686</t>
   </si>
   <si>
     <t>Biznesa plānā paredzētās komercdarbības veikšanai</t>
   </si>
   <si>
     <t>7600 EUR/mēn</t>
   </si>
   <si>
     <t>Administratīvā ēka (Brīvības iela 44, Ogre)</t>
   </si>
   <si>
     <t>Teritoriālās nodaļas vajadzībām</t>
   </si>
   <si>
     <t>SIA "Kafijas pasaule", reģ.nr.40103476661</t>
   </si>
   <si>
     <t>Ogres Centra pamatskola (Meža pr.14, Ogre)</t>
   </si>
   <si>
     <t>PII "Saulīte" (Ausekļa pr.12, Ogre)</t>
   </si>
   <si>
     <t>Ogres Centrālā bibliotēka (Brīvības iela 35, Ogre)</t>
   </si>
   <si>
-    <t>Jaunogres pamatskola (Mālkalnes pr.43, Ogre)</t>
-[...4 lines deleted...]
-  <si>
     <t>Ogres Kalna pamatskola (Zinību iela 3, Ogre)</t>
   </si>
   <si>
     <t>86,16 EUR/mēn</t>
   </si>
   <si>
     <t>Biedrība “Sirdsdarbi”, reģ.nr.40008139696</t>
   </si>
   <si>
     <t>Ogres Basketbola skola (Mālkalnes prosp. 32, Ogre)</t>
   </si>
   <si>
     <t>PII "Strautiņš" (Parka iela 1, Ogre)</t>
   </si>
   <si>
-    <t>SIA "Autoskola EINŠTEINS", reģ.nr.4010396170</t>
-[...4 lines deleted...]
-  <si>
     <t>SIA "BUTS", reģ.nr.40103003630</t>
   </si>
   <si>
     <t>3,60 EUR/h vai 8,20 EUR/h</t>
   </si>
   <si>
-    <t>Ogresgala pamatskola, PII "Ābelīte"  (Nākotnes iela 3 un Nākotnes iela 4, Ogresgals, Ogres novads)</t>
-[...1 lines deleted...]
-  <si>
     <t>Interešu izglītības nodrošināšanai</t>
   </si>
   <si>
     <t>Karsto dzērienu automātu uzstādīšanai</t>
   </si>
   <si>
-    <t>Apmācību kursu nodrošināšanai</t>
-[...1 lines deleted...]
-  <si>
     <t>Pārtikas un karsto dzērienu automātu uzstādīšanai</t>
   </si>
   <si>
     <t>Ogres Mūzikas un mākslas skola (Brīvības iela 50, Ogre)</t>
-  </si>
-[...76 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t>12,48 EUR par m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>/mēn</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Ogres novada pašvaldības nomas objektu (ēkas, telpas) Ogrē, Ogresgalā saraksts (uz 06.06.2025.)</t>
   </si>
   <si>
     <r>
       <t>Nomas maksas apmērs (par 1 m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> mēnesī vai gadā/ par h)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> bez PVN</t>
     </r>
   </si>
   <si>
     <t>Sporta aktivitāšu – treniņu vajadzībām</t>
   </si>
   <si>
-    <t>21,42 EUR/h</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t>25 EUR par m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>/mēn</t>
     </r>
+  </si>
+  <si>
+    <r>
+      <t>3,50 EUR par m</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>/mēn</t>
+    </r>
+  </si>
+  <si>
+    <t>Interešu izglītības nodrošināšana</t>
+  </si>
+  <si>
+    <t>Ogresgala pamatskola (Nākotnes iela 4, Ogresgals, Ogres novads)</t>
+  </si>
+  <si>
+    <t>16,53 EUR/h</t>
+  </si>
+  <si>
+    <t>12,40 EUR/h</t>
+  </si>
+  <si>
+    <t>sporta aktivitāšu vajadzībām</t>
+  </si>
+  <si>
+    <t>SIA "Wonder Wonders", reģ.nr.40008252375</t>
+  </si>
+  <si>
+    <t>SIA Mad Studies, reģ.nr.40203584204</t>
+  </si>
+  <si>
+    <t>SIA “Ritma Pasaule”, reģ.nr.40203583374</t>
+  </si>
+  <si>
+    <t>SIA "Kiddyenglish", reģ.nr.40203037597</t>
+  </si>
+  <si>
+    <t>SIA “International School of Innovations”, reģ.nr.40203116990</t>
+  </si>
+  <si>
+    <t>Sporta aktivitāšu vajadzībām</t>
+  </si>
+  <si>
+    <t>10,01 EUR/h</t>
+  </si>
+  <si>
+    <t>SIA “Noķer mani”, reģ.nr.40103926913</t>
+  </si>
+  <si>
+    <t>Biedrība “VD21”, reģ.nr.40008209743</t>
+  </si>
+  <si>
+    <t>10,01 EUR/h; 21,10 EUR/h</t>
+  </si>
+  <si>
+    <t>SIA “Ekvilibria”, reģ.nr.40203201182</t>
+  </si>
+  <si>
+    <t>3,29 EUR/h</t>
+  </si>
+  <si>
+    <t>"Nodibinājums Alfa klase", reģ.nr.40008317205</t>
+  </si>
+  <si>
+    <t>PII "Cīrulītis" (Brīvības iela 37, Ogre)</t>
+  </si>
+  <si>
+    <t>SIA “Mālošana”, reģ.nr.40203250027</t>
+  </si>
+  <si>
+    <t>8,26 EUR/h</t>
+  </si>
+  <si>
+    <t>Biedrība “Sporta un kultūras telpa ĶIRZAKA”, reģ.nr.40008308772</t>
+  </si>
+  <si>
+    <r>
+      <t>4,48 EUR par m</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>/mēn</t>
+    </r>
+  </si>
+  <si>
+    <t>Biedrība “Ogres Bērnu un Jauniešu sporta atbalsta apvienība”, reģ.nr.40008069793</t>
+  </si>
+  <si>
+    <t>Biedrība “Florbola sporta klubs "Ogres Vilki”", reģ.nr.40008173450</t>
+  </si>
+  <si>
+    <t>21,10 EUR/h</t>
+  </si>
+  <si>
+    <t>21 EUR/h</t>
+  </si>
+  <si>
+    <t>Biedrība “OSFK SPEKTRAS", reģ.nr.40008340610</t>
+  </si>
+  <si>
+    <t>Biedrība “Jēkabpils basketbola attīstība", reģ.nr.40008330561</t>
+  </si>
+  <si>
+    <t>Biedrība “RAGS BB", reģ.nr.40008271022</t>
+  </si>
+  <si>
+    <t>Ogres novada pašvaldības nomas objektu (ēkas, telpas) Ogrē, Ogresgalā saraksts (uz 09.02.2026.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd&quot;.&quot;mm&quot;.&quot;yyyy"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
@@ -646,51 +641,51 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -719,69 +714,72 @@
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
@@ -1247,51 +1245,51 @@
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0099CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{3BF9E03C-DA4F-4C9B-90DB-A43C8176D083}" name="OgreOgresgalsIkšķile" displayName="OgreOgresgalsIkšķile" ref="A2:J32" totalsRowShown="0" headerRowDxfId="13" headerRowBorderDxfId="12" tableBorderDxfId="11" totalsRowBorderDxfId="10">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{3BF9E03C-DA4F-4C9B-90DB-A43C8176D083}" name="OgreOgresgalsIkšķile" displayName="OgreOgresgalsIkšķile" ref="A2:J47" totalsRowShown="0" headerRowDxfId="13" headerRowBorderDxfId="12" tableBorderDxfId="11" totalsRowBorderDxfId="10">
   <tableColumns count="10">
     <tableColumn id="1" xr3:uid="{08DDA501-9556-4E68-A17F-8B38F53AFCCF}" name="Nr.p. k." dataDxfId="9"/>
     <tableColumn id="2" xr3:uid="{9FA58B49-1140-455F-915B-103303487B25}" name="Nomas objekta adrese" dataDxfId="8"/>
     <tableColumn id="3" xr3:uid="{DFBEDA6C-2A44-48C0-8752-012695515D6A}" name="Nekustamā īpašuma kadastra numurs" dataDxfId="7"/>
     <tableColumn id="4" xr3:uid="{4B4713E7-8B23-40D2-AC6A-D3CCA1A3A15D}" name="Telpu kadastra apzīmējums" dataDxfId="6"/>
     <tableColumn id="5" xr3:uid="{885D63FC-CFEE-4951-A3C1-47CCE455B919}" name="Nomnieks" dataDxfId="5"/>
     <tableColumn id="6" xr3:uid="{68B4E915-E613-400A-B010-FB7BF25F8F76}" name="Iznomātā platība, m2" dataDxfId="4"/>
     <tableColumn id="7" xr3:uid="{E4B4285D-0CAD-4E36-ACF6-8B805733A294}" name="Lietošanas mērķis" dataDxfId="3"/>
     <tableColumn id="8" xr3:uid="{9EDC37B5-4E14-417D-9290-606D1891847C}" name="Nomas maksas apmērs (par 1 m2 mēnesī vai gadā/ par h) bez PVN" dataDxfId="2"/>
     <tableColumn id="9" xr3:uid="{E10BEFCD-F6DA-41A7-9DBB-4B215E63EDCC}" name="Nomas līguma darbības sākuma termiņš" dataDxfId="1"/>
     <tableColumn id="10" xr3:uid="{91DBB42E-36A8-4E6F-B674-CD25FB9602F5}" name="Nomas līguma darbības beigu termiņš" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1565,1035 +1563,1431 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:J47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F9" sqref="F9"/>
+      <selection pane="bottomLeft" activeCell="M5" sqref="M5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5" style="4" customWidth="1"/>
     <col min="2" max="2" width="33.28515625" style="7" customWidth="1"/>
     <col min="3" max="3" width="14.42578125" style="13" customWidth="1"/>
     <col min="4" max="4" width="18" style="13" customWidth="1"/>
     <col min="5" max="5" width="19.85546875" style="8" customWidth="1"/>
     <col min="6" max="6" width="10.28515625" style="6" customWidth="1"/>
     <col min="7" max="7" width="22.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="16.42578125" style="6" customWidth="1"/>
     <col min="9" max="9" width="13.85546875" style="8" customWidth="1"/>
     <col min="10" max="10" width="11.85546875" style="8" customWidth="1"/>
     <col min="11" max="11" width="10.28515625" style="5" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="4"/>
-      <c r="B1" s="34" t="s">
-[...7 lines deleted...]
-      <c r="H1" s="34"/>
+      <c r="B1" s="35" t="s">
+        <v>85</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="35"/>
+      <c r="G1" s="35"/>
+      <c r="H1" s="35"/>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
     </row>
     <row r="2" spans="1:10" customFormat="1" ht="75" x14ac:dyDescent="0.25">
-      <c r="A2" s="27" t="s">
+      <c r="A2" s="26" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="20" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="19" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="19" t="s">
         <v>18</v>
       </c>
       <c r="G2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="H2" s="19" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="I2" s="21" t="s">
         <v>6</v>
       </c>
       <c r="J2" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A3" s="28">
+      <c r="A3" s="27">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="C3" s="12">
         <v>74010030173</v>
       </c>
       <c r="D3" s="12"/>
       <c r="E3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>168.4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="I3" s="10">
         <v>45029</v>
       </c>
       <c r="J3" s="23">
         <v>46843</v>
       </c>
     </row>
     <row r="4" spans="1:10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
-      <c r="A4" s="28">
+      <c r="A4" s="27">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="C4" s="12">
         <v>74010030173</v>
       </c>
       <c r="D4" s="12"/>
       <c r="E4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>126.2</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="11">
         <v>41183</v>
       </c>
       <c r="J4" s="24">
         <v>46295</v>
       </c>
     </row>
     <row r="5" spans="1:10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
-      <c r="A5" s="28">
+      <c r="A5" s="27">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="C5" s="12">
         <v>74010030310</v>
       </c>
       <c r="D5" s="12">
         <v>74010030009001</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="3">
         <v>80.8</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="9" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="I5" s="11">
         <v>44061</v>
       </c>
       <c r="J5" s="24">
-        <v>45886</v>
+        <v>47712</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="30" x14ac:dyDescent="0.25">
-      <c r="A6" s="28">
+      <c r="A6" s="27">
         <v>4</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="12">
         <v>74800040855</v>
       </c>
       <c r="D6" s="12">
         <v>74800040855003</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="3">
         <v>48.8</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="H6" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="10">
-        <v>45536</v>
+        <v>45915</v>
       </c>
       <c r="J6" s="23">
-        <v>45900</v>
-[...3 lines deleted...]
-      <c r="A7" s="28">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A7" s="27">
         <v>5</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="C7" s="12">
-        <v>74010030313</v>
+        <v>74010030210</v>
       </c>
       <c r="D7" s="12">
-        <v>74010030313001</v>
+        <v>74010030210001</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>17.899999999999999</v>
+        <v>238</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H7" s="9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="I7" s="1">
-        <v>43800</v>
+        <v>40898</v>
       </c>
       <c r="J7" s="25">
-        <v>46022</v>
-[...3 lines deleted...]
-      <c r="A8" s="28">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="75" x14ac:dyDescent="0.25">
+      <c r="A8" s="27">
         <v>6</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="C8" s="12">
-        <v>74010020113</v>
-[...3 lines deleted...]
-      </c>
+        <v>74010030042</v>
+      </c>
+      <c r="D8" s="12"/>
       <c r="E8" s="2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>17.3</v>
+        <v>4</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H8" s="9" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I8" s="1">
-        <v>43800</v>
+        <v>44578</v>
       </c>
       <c r="J8" s="25">
-        <v>46022</v>
-[...3 lines deleted...]
-      <c r="A9" s="28">
+        <v>46464</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="27">
         <v>7</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="C9" s="12">
-        <v>74010030198</v>
+        <v>74010060845</v>
       </c>
       <c r="D9" s="12"/>
       <c r="E9" s="2" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>27</v>
+        <v>16755.3</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>31</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>32</v>
       </c>
       <c r="I9" s="1">
-        <v>43800</v>
+        <v>43334</v>
       </c>
       <c r="J9" s="25">
-        <v>46022</v>
-[...3 lines deleted...]
-      <c r="A10" s="28">
+        <v>48260</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" s="14" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="27">
         <v>8</v>
       </c>
-      <c r="B10" s="2" t="s">
-[...24 lines deleted...]
-        <v>45961</v>
+      <c r="B10" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C10" s="16">
+        <v>74010030198</v>
+      </c>
+      <c r="D10" s="16"/>
+      <c r="E10" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" s="17">
+        <v>6</v>
+      </c>
+      <c r="G10" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="I10" s="18">
+        <v>44564</v>
+      </c>
+      <c r="J10" s="32">
+        <v>46265</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="45" x14ac:dyDescent="0.25">
-      <c r="A11" s="28">
+      <c r="A11" s="27">
         <v>9</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="C11" s="12">
-        <v>74010060650</v>
-[...3 lines deleted...]
-      </c>
+        <v>74010030198</v>
+      </c>
+      <c r="D11" s="12"/>
       <c r="E11" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F11" s="3">
-        <v>85</v>
+        <v>1</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>47</v>
+      </c>
+      <c r="H11" s="9" t="s">
+        <v>40</v>
       </c>
       <c r="I11" s="1">
-        <v>44136</v>
+        <v>44421</v>
       </c>
       <c r="J11" s="25">
-        <v>45961</v>
-[...3 lines deleted...]
-      <c r="A12" s="28">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="27">
         <v>10</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="C12" s="12">
-        <v>74010020113</v>
-[...3 lines deleted...]
-      </c>
+        <v>74010030001</v>
+      </c>
+      <c r="D12" s="12"/>
       <c r="E12" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="F12" s="3"/>
       <c r="G12" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>46</v>
+      </c>
+      <c r="H12" s="9" t="s">
+        <v>15</v>
       </c>
       <c r="I12" s="1">
-        <v>44136</v>
+        <v>45910</v>
       </c>
       <c r="J12" s="25">
-        <v>45961</v>
+        <v>46203</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="45" x14ac:dyDescent="0.25">
-      <c r="A13" s="28">
+      <c r="A13" s="27">
         <v>11</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="C13" s="12">
-        <v>74010030198</v>
+        <v>74010030001</v>
       </c>
       <c r="D13" s="12"/>
       <c r="E13" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" s="3"/>
+      <c r="G13" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H13" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13" s="1">
+        <v>45936</v>
+      </c>
+      <c r="J13" s="25">
+        <v>46188</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="27">
+        <v>12</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="12">
+        <v>74010030001</v>
+      </c>
+      <c r="D14" s="12"/>
+      <c r="E14" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="F14" s="3"/>
+      <c r="G14" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H14" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" s="1">
+        <v>45931</v>
+      </c>
+      <c r="J14" s="25">
+        <v>46190</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="27">
+        <v>13</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="12">
+        <v>74010020038</v>
+      </c>
+      <c r="D15" s="12"/>
+      <c r="E15" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="F15" s="3">
+        <v>38.799999999999997</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H15" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="1">
+        <v>45604</v>
+      </c>
+      <c r="J15" s="25">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="27">
+        <v>14</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="12">
+        <v>74010030313</v>
+      </c>
+      <c r="D16" s="12">
+        <v>74010030313001</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" s="3"/>
+      <c r="G16" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H16" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="I16" s="1">
+        <v>45593</v>
+      </c>
+      <c r="J16" s="25">
+        <v>46661</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="27">
+        <v>15</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" s="12">
+        <v>74010030478</v>
+      </c>
+      <c r="D17" s="12"/>
+      <c r="E17" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F17" s="3">
+        <v>2</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H17" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="I17" s="1">
+        <v>45628</v>
+      </c>
+      <c r="J17" s="25">
+        <v>46722</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="27">
+        <v>16</v>
+      </c>
+      <c r="B18" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="29">
+        <v>74010030336</v>
+      </c>
+      <c r="D18" s="29">
+        <v>74010030336001</v>
+      </c>
+      <c r="E18" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F18" s="30">
+        <v>40</v>
+      </c>
+      <c r="G18" s="28" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" s="31">
+        <v>45902</v>
+      </c>
+      <c r="J18" s="34">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="27">
+        <v>17</v>
+      </c>
+      <c r="B19" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" s="29">
+        <v>74800040855</v>
+      </c>
+      <c r="D19" s="29">
+        <v>74800040855002</v>
+      </c>
+      <c r="E19" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F19" s="30"/>
+      <c r="G19" s="28" t="s">
+        <v>52</v>
+      </c>
+      <c r="H19" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="I19" s="31">
+        <v>45903</v>
+      </c>
+      <c r="J19" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="27">
+        <v>18</v>
+      </c>
+      <c r="B20" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="29">
+        <v>74800040855</v>
+      </c>
+      <c r="D20" s="29">
+        <v>74800040855002</v>
+      </c>
+      <c r="E20" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F20" s="30"/>
+      <c r="G20" s="28" t="s">
+        <v>59</v>
+      </c>
+      <c r="H20" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="I20" s="31">
+        <v>45903</v>
+      </c>
+      <c r="J20" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="27">
+        <v>19</v>
+      </c>
+      <c r="B21" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="29">
+        <v>74010060650</v>
+      </c>
+      <c r="D21" s="29"/>
+      <c r="E21" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F21" s="30"/>
+      <c r="G21" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H21" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I21" s="31">
+        <v>45908</v>
+      </c>
+      <c r="J21" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="27">
+        <v>20</v>
+      </c>
+      <c r="B22" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="29">
+        <v>74010030001</v>
+      </c>
+      <c r="D22" s="29"/>
+      <c r="E22" s="28" t="s">
+        <v>60</v>
+      </c>
+      <c r="F22" s="30"/>
+      <c r="G22" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H22" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I22" s="31">
+        <v>45909</v>
+      </c>
+      <c r="J22" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="27">
+        <v>21</v>
+      </c>
+      <c r="B23" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="C23" s="29">
+        <v>74010010572</v>
+      </c>
+      <c r="D23" s="29"/>
+      <c r="E23" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="F23" s="30"/>
+      <c r="G23" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H23" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I23" s="31">
+        <v>45915</v>
+      </c>
+      <c r="J23" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="27">
+        <v>22</v>
+      </c>
+      <c r="B24" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="C24" s="29">
+        <v>74010010572</v>
+      </c>
+      <c r="D24" s="29"/>
+      <c r="E24" s="28" t="s">
+        <v>62</v>
+      </c>
+      <c r="F24" s="30"/>
+      <c r="G24" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H24" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I24" s="31">
+        <v>45915</v>
+      </c>
+      <c r="J24" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="27">
         <v>23</v>
       </c>
-      <c r="F13" s="3">
-[...2 lines deleted...]
-      <c r="G13" s="2" t="s">
+      <c r="B25" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="29">
+        <v>74010020195</v>
+      </c>
+      <c r="D25" s="29"/>
+      <c r="E25" s="28" t="s">
+        <v>63</v>
+      </c>
+      <c r="F25" s="30"/>
+      <c r="G25" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H25" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" s="31">
+        <v>45917</v>
+      </c>
+      <c r="J25" s="34">
+        <v>46190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="27">
         <v>24</v>
       </c>
-      <c r="H13" s="3" t="s">
+      <c r="B26" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="29">
+        <v>74800040855</v>
+      </c>
+      <c r="D26" s="29">
+        <v>74800040855002</v>
+      </c>
+      <c r="E26" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F26" s="30"/>
+      <c r="G26" s="28" t="s">
+        <v>59</v>
+      </c>
+      <c r="H26" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="I26" s="31">
+        <v>45918</v>
+      </c>
+      <c r="J26" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A27" s="27">
+        <v>25</v>
+      </c>
+      <c r="B27" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="C27" s="29">
+        <v>74010020195</v>
+      </c>
+      <c r="D27" s="29"/>
+      <c r="E27" s="28" t="s">
+        <v>64</v>
+      </c>
+      <c r="F27" s="30"/>
+      <c r="G27" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H27" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I27" s="31">
+        <v>45923</v>
+      </c>
+      <c r="J27" s="34">
+        <v>46168</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A28" s="27">
+        <v>26</v>
+      </c>
+      <c r="B28" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="C28" s="29">
+        <v>74010030001</v>
+      </c>
+      <c r="D28" s="29"/>
+      <c r="E28" s="28" t="s">
+        <v>64</v>
+      </c>
+      <c r="F28" s="30"/>
+      <c r="G28" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H28" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I28" s="31">
+        <v>45924</v>
+      </c>
+      <c r="J28" s="34">
+        <v>46169</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A29" s="27">
+        <v>27</v>
+      </c>
+      <c r="B29" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="29">
+        <v>74010060650</v>
+      </c>
+      <c r="D29" s="29"/>
+      <c r="E29" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F29" s="30"/>
+      <c r="G29" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H29" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I29" s="31">
+        <v>45931</v>
+      </c>
+      <c r="J29" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="27">
+        <v>28</v>
+      </c>
+      <c r="B30" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="C30" s="29">
+        <v>74010060650</v>
+      </c>
+      <c r="D30" s="29"/>
+      <c r="E30" s="28" t="s">
+        <v>41</v>
+      </c>
+      <c r="F30" s="30"/>
+      <c r="G30" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H30" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I30" s="31">
+        <v>45937</v>
+      </c>
+      <c r="J30" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="27">
         <v>29</v>
       </c>
-      <c r="I13" s="1">
-[...28 lines deleted...]
-      <c r="H14" s="3" t="s">
+      <c r="B31" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="C31" s="29">
+        <v>74010030198</v>
+      </c>
+      <c r="D31" s="29"/>
+      <c r="E31" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="F31" s="30"/>
+      <c r="G31" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="H31" s="33" t="s">
+        <v>66</v>
+      </c>
+      <c r="I31" s="31">
+        <v>45931</v>
+      </c>
+      <c r="J31" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="27">
         <v>30</v>
       </c>
-      <c r="I14" s="1">
-[...10 lines deleted...]
-      <c r="B15" s="2" t="s">
+      <c r="B32" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="C32" s="29">
+        <v>74010030198</v>
+      </c>
+      <c r="D32" s="29"/>
+      <c r="E32" s="28" t="s">
+        <v>68</v>
+      </c>
+      <c r="F32" s="30"/>
+      <c r="G32" s="28" t="s">
         <v>65</v>
       </c>
-      <c r="C15" s="12">
+      <c r="H32" s="33" t="s">
+        <v>69</v>
+      </c>
+      <c r="I32" s="31">
+        <v>45931</v>
+      </c>
+      <c r="J32" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="27">
+        <v>31</v>
+      </c>
+      <c r="B33" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="C33" s="29">
+        <v>74010030198</v>
+      </c>
+      <c r="D33" s="29"/>
+      <c r="E33" s="28" t="s">
+        <v>70</v>
+      </c>
+      <c r="F33" s="30"/>
+      <c r="G33" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="H33" s="33" t="s">
+        <v>66</v>
+      </c>
+      <c r="I33" s="31">
+        <v>45931</v>
+      </c>
+      <c r="J33" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="27">
+        <v>32</v>
+      </c>
+      <c r="B34" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="C34" s="29">
         <v>74800040855</v>
       </c>
-      <c r="D15" s="12">
+      <c r="D34" s="29">
         <v>74800040855002</v>
       </c>
-      <c r="E15" s="2" t="s">
-[...25 lines deleted...]
-      <c r="C16" s="12">
+      <c r="E34" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F34" s="30"/>
+      <c r="G34" s="28" t="s">
+        <v>52</v>
+      </c>
+      <c r="H34" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="I34" s="31">
+        <v>45931</v>
+      </c>
+      <c r="J34" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="27">
+        <v>33</v>
+      </c>
+      <c r="B35" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="C35" s="29">
         <v>74010020195</v>
       </c>
-      <c r="D16" s="12">
-[...22 lines deleted...]
-      <c r="A17" s="28">
+      <c r="D35" s="29"/>
+      <c r="E35" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F35" s="30"/>
+      <c r="G35" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H35" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="B17" s="2" t="s">
+      <c r="I35" s="31">
+        <v>45946</v>
+      </c>
+      <c r="J35" s="34">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="27">
         <v>34</v>
       </c>
-      <c r="C17" s="12">
-[...14 lines deleted...]
-      <c r="H17" s="3" t="s">
+      <c r="B36" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="C36" s="29">
+        <v>74010020195</v>
+      </c>
+      <c r="D36" s="29"/>
+      <c r="E36" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="F36" s="30"/>
+      <c r="G36" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H36" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I36" s="31">
+        <v>45944</v>
+      </c>
+      <c r="J36" s="34">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A37" s="27">
         <v>35</v>
       </c>
-      <c r="I17" s="1">
-[...19 lines deleted...]
-      <c r="E18" s="2" t="s">
+      <c r="B37" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="C37" s="29">
+        <v>74010030198</v>
+      </c>
+      <c r="D37" s="29"/>
+      <c r="E37" s="28" t="s">
+        <v>72</v>
+      </c>
+      <c r="F37" s="30"/>
+      <c r="G37" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H37" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="I37" s="31">
+        <v>45936</v>
+      </c>
+      <c r="J37" s="34">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A38" s="27">
+        <v>36</v>
+      </c>
+      <c r="B38" s="28" t="s">
+        <v>73</v>
+      </c>
+      <c r="C38" s="29">
+        <v>74010030212</v>
+      </c>
+      <c r="D38" s="29">
+        <v>74010030736001</v>
+      </c>
+      <c r="E38" s="28" t="s">
+        <v>74</v>
+      </c>
+      <c r="F38" s="30"/>
+      <c r="G38" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H38" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I38" s="31">
+        <v>45943</v>
+      </c>
+      <c r="J38" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="27">
+        <v>37</v>
+      </c>
+      <c r="B39" s="28" t="s">
+        <v>73</v>
+      </c>
+      <c r="C39" s="29">
+        <v>74010030212</v>
+      </c>
+      <c r="D39" s="29">
+        <v>74010030736001</v>
+      </c>
+      <c r="E39" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F39" s="30"/>
+      <c r="G39" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H39" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I39" s="31">
+        <v>45943</v>
+      </c>
+      <c r="J39" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A40" s="27">
+        <v>38</v>
+      </c>
+      <c r="B40" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="C40" s="29">
+        <v>74800040855</v>
+      </c>
+      <c r="D40" s="29">
+        <v>74800040855002</v>
+      </c>
+      <c r="E40" s="28" t="s">
+        <v>76</v>
+      </c>
+      <c r="F40" s="30"/>
+      <c r="G40" s="28" t="s">
+        <v>52</v>
+      </c>
+      <c r="H40" s="33" t="s">
+        <v>75</v>
+      </c>
+      <c r="I40" s="31">
+        <v>45937</v>
+      </c>
+      <c r="J40" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A41" s="27">
+        <v>39</v>
+      </c>
+      <c r="B41" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="C41" s="29">
+        <v>74010030336</v>
+      </c>
+      <c r="D41" s="29">
+        <v>74010030336001</v>
+      </c>
+      <c r="E41" s="28" t="s">
+        <v>60</v>
+      </c>
+      <c r="F41" s="30"/>
+      <c r="G41" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H41" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="31">
+        <v>45950</v>
+      </c>
+      <c r="J41" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="75" x14ac:dyDescent="0.25">
+      <c r="A42" s="27">
+        <v>40</v>
+      </c>
+      <c r="B42" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="C42" s="29">
+        <v>74800040855</v>
+      </c>
+      <c r="D42" s="29">
+        <v>74800040855002</v>
+      </c>
+      <c r="E42" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="F42" s="30"/>
+      <c r="G42" s="28" t="s">
+        <v>52</v>
+      </c>
+      <c r="H42" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="I42" s="31">
+        <v>45968</v>
+      </c>
+      <c r="J42" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A43" s="27">
+        <v>41</v>
+      </c>
+      <c r="B43" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="29">
+        <v>74010030198</v>
+      </c>
+      <c r="D43" s="29"/>
+      <c r="E43" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="F43" s="30"/>
+      <c r="G43" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="H43" s="33" t="s">
+        <v>80</v>
+      </c>
+      <c r="I43" s="31">
+        <v>45959</v>
+      </c>
+      <c r="J43" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="27">
+        <v>42</v>
+      </c>
+      <c r="B44" s="28" t="s">
+        <v>42</v>
+      </c>
+      <c r="C44" s="29">
+        <v>74010030478</v>
+      </c>
+      <c r="D44" s="29"/>
+      <c r="E44" s="28" t="s">
+        <v>82</v>
+      </c>
+      <c r="F44" s="30"/>
+      <c r="G44" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="H44" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="I44" s="31">
+        <v>45964</v>
+      </c>
+      <c r="J44" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="27">
         <v>43</v>
       </c>
-      <c r="F18" s="3">
-[...64 lines deleted...]
-      <c r="G20" s="2" t="s">
+      <c r="B45" s="28" t="s">
         <v>42</v>
       </c>
-      <c r="H20" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B21" s="2" t="s">
+      <c r="C45" s="29">
+        <v>74010030478</v>
+      </c>
+      <c r="D45" s="29"/>
+      <c r="E45" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="F45" s="30"/>
+      <c r="G45" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="H45" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="I45" s="31">
+        <v>45964</v>
+      </c>
+      <c r="J45" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A46" s="27">
         <v>44</v>
       </c>
-      <c r="C21" s="12">
-[...3 lines deleted...]
-      <c r="E21" s="2" t="s">
+      <c r="B46" s="28" t="s">
+        <v>42</v>
+      </c>
+      <c r="C46" s="29">
+        <v>74010030478</v>
+      </c>
+      <c r="D46" s="29"/>
+      <c r="E46" s="28" t="s">
+        <v>84</v>
+      </c>
+      <c r="F46" s="30"/>
+      <c r="G46" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="H46" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="I46" s="31">
+        <v>45964</v>
+      </c>
+      <c r="J46" s="34">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="27">
         <v>45</v>
       </c>
-      <c r="F21" s="3">
-[...19 lines deleted...]
-      <c r="B22" s="2" t="s">
+      <c r="B47" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="C47" s="29">
+        <v>74800040855</v>
+      </c>
+      <c r="D47" s="29">
+        <v>74800040855002</v>
+      </c>
+      <c r="E47" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="F47" s="30"/>
+      <c r="G47" s="28" t="s">
         <v>52</v>
       </c>
-      <c r="C22" s="12">
-[...72 lines deleted...]
-      <c r="H24" s="9" t="s">
+      <c r="H47" s="33" t="s">
         <v>57</v>
       </c>
-      <c r="I24" s="1">
-[...235 lines deleted...]
-        <v>45930</v>
+      <c r="I47" s="31">
+        <v>46009</v>
+      </c>
+      <c r="J47" s="34">
+        <v>46173</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:H1"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>