--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -917,86 +917,95 @@
     </w:p>
     <w:p w14:paraId="504F6687" w14:textId="3DF49ED9" w:rsidR="002337BC" w:rsidRDefault="007E3E72" w:rsidP="002337BC">
       <w:pPr>
         <w:pStyle w:val="Pamattekstaatkpe2"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>1. </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk212029427"/>
       <w:r>
         <w:t>Ievēlēt Ogres novada pašvaldības domes Kultūras komitejā papildu 1</w:t>
       </w:r>
       <w:r w:rsidR="00800AC7">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t> šādus domes deputātus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="002337BC">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B517AF2" w14:textId="0130F67E" w:rsidR="000E3168" w:rsidRDefault="007E3E72" w:rsidP="000E3168">
+    <w:p w14:paraId="7B517AF2" w14:textId="401E76C2" w:rsidR="000E3168" w:rsidRDefault="007E3E72" w:rsidP="000E3168">
       <w:pPr>
         <w:pStyle w:val="Pamattekstaatkpe2"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="002337BC">
         <w:t>1. </w:t>
       </w:r>
       <w:r w:rsidR="000E3168">
         <w:t>Ogres novada pašvaldības domes deputāts </w:t>
       </w:r>
       <w:r w:rsidR="00800AC7" w:rsidRPr="00AC2A7E">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Egil</w:t>
       </w:r>
       <w:r w:rsidR="008D65FE">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00800AC7" w:rsidRPr="00AC2A7E">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Helman</w:t>
       </w:r>
+      <w:r w:rsidR="00CB5D79">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="008D65FE">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000E3168">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE67DD6" w14:textId="7BFB00B9" w:rsidR="000E3168" w:rsidRDefault="007E3E72" w:rsidP="000E3168">
       <w:pPr>
         <w:pStyle w:val="Pamattekstaatkpe2"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>1.1</w:t>
       </w:r>
       <w:r w:rsidR="002337BC">
         <w:t>2. </w:t>
       </w:r>
       <w:r w:rsidR="000E3168">
         <w:t>Ogres novada pašvaldības domes deputāts </w:t>
@@ -1450,52 +1459,50 @@
       </w:r>
       <w:r w:rsidR="002337BC">
         <w:t>12. Ogres novada pašvaldības domes deputāts </w:t>
       </w:r>
       <w:r w:rsidR="008D65FE">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ilmārs</w:t>
       </w:r>
       <w:r w:rsidR="00800AC7" w:rsidRPr="00AC2A7E">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zemniek</w:t>
       </w:r>
       <w:r w:rsidR="008D65FE">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00800AC7">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43A4B10A" w14:textId="2A981256" w:rsidR="00EF410E" w:rsidRDefault="007E3E72" w:rsidP="00F66738">
       <w:pPr>
         <w:pStyle w:val="Pamattekstaatkpe2"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0" w:firstLine="709"/>
       </w:pPr>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F66738">
         <w:t xml:space="preserve">. Lēmums stājas spēkā ar </w:t>
       </w:r>
       <w:r w:rsidR="00F66738" w:rsidRPr="000F2FC4">
         <w:t xml:space="preserve">Ogres novada pašvaldības </w:t>
       </w:r>
       <w:r w:rsidR="00F66738">
         <w:t xml:space="preserve">2025. gada 23. oktobra </w:t>
@@ -1707,51 +1714,51 @@
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00322C6A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00322C6A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00322C6A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="008D65FE">
+        <w:r w:rsidR="00CB5D79">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00322C6A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="36E261B8" w14:textId="77777777" w:rsidR="00E10B72" w:rsidRDefault="00E10B72">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -1924,51 +1931,51 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="99"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF410E"/>
     <w:rsid w:val="000000CF"/>
     <w:rsid w:val="00012318"/>
     <w:rsid w:val="00024AA7"/>
     <w:rsid w:val="00034A58"/>
     <w:rsid w:val="00097962"/>
@@ -2007,50 +2014,51 @@
     <w:rsid w:val="007E3E72"/>
     <w:rsid w:val="007E6CBF"/>
     <w:rsid w:val="008000B1"/>
     <w:rsid w:val="00800AC7"/>
     <w:rsid w:val="00801E49"/>
     <w:rsid w:val="008B2D76"/>
     <w:rsid w:val="008D65FE"/>
     <w:rsid w:val="00944DE2"/>
     <w:rsid w:val="009800B9"/>
     <w:rsid w:val="009C0527"/>
     <w:rsid w:val="009F254A"/>
     <w:rsid w:val="00A1231D"/>
     <w:rsid w:val="00A14671"/>
     <w:rsid w:val="00A52035"/>
     <w:rsid w:val="00A63C0D"/>
     <w:rsid w:val="00AB7C40"/>
     <w:rsid w:val="00AB7FFE"/>
     <w:rsid w:val="00AC7380"/>
     <w:rsid w:val="00B20F66"/>
     <w:rsid w:val="00B573A9"/>
     <w:rsid w:val="00B706A7"/>
     <w:rsid w:val="00B71020"/>
     <w:rsid w:val="00BF25CE"/>
     <w:rsid w:val="00C77726"/>
     <w:rsid w:val="00C920E3"/>
+    <w:rsid w:val="00CB5D79"/>
     <w:rsid w:val="00CD4F4A"/>
     <w:rsid w:val="00CF1BEF"/>
     <w:rsid w:val="00D361B3"/>
     <w:rsid w:val="00D60263"/>
     <w:rsid w:val="00DC6F04"/>
     <w:rsid w:val="00E10B72"/>
     <w:rsid w:val="00E110C6"/>
     <w:rsid w:val="00E705C6"/>
     <w:rsid w:val="00ED4240"/>
     <w:rsid w:val="00ED7186"/>
     <w:rsid w:val="00ED7B1D"/>
     <w:rsid w:val="00EE7B4D"/>
     <w:rsid w:val="00EF410E"/>
     <w:rsid w:val="00F66738"/>
     <w:rsid w:val="00FC0169"/>
     <w:rsid w:val="00FC5930"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -3009,77 +3017,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2525</Words>
+  <Words>2526</Words>
   <Characters>1440</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3958</CharactersWithSpaces>
+  <CharactersWithSpaces>3959</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Antra Pūga</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>