--- v0 (2025-10-31)
+++ v1 (2026-03-10)
@@ -1,225 +1,233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21555" windowHeight="9270"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="21600" windowHeight="9345"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="94">
-[...1 lines deleted...]
-    <t>PELDBASEINA "Neptūns"  NOSLOGOJUMS no 3.novembra līdz 9.novembrim</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="94">
+  <si>
+    <t>PELDBASEINA "Neptūns"  NOSLOGOJUMS no 8.decembra līdz 14.decembrim</t>
   </si>
   <si>
     <t>Krāsu apzīmējumi:</t>
   </si>
   <si>
     <t>Brīvais apmeklējums</t>
   </si>
   <si>
     <t xml:space="preserve">    Organizācijas</t>
   </si>
   <si>
     <t xml:space="preserve">     Sporta klubi</t>
   </si>
   <si>
     <t>Skolas</t>
   </si>
   <si>
     <t xml:space="preserve">           Aerobika</t>
   </si>
   <si>
     <t xml:space="preserve">      Peldētapmācība</t>
   </si>
   <si>
-    <t>PIRMDIENA 03.11</t>
-[...17 lines deleted...]
-    <t>SVĒTDIENA 09.11</t>
+    <t>PIRMDIENA 08.12</t>
+  </si>
+  <si>
+    <t>OTRDIENA 09.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TREŠDIENA 10.12                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                       </t>
+  </si>
+  <si>
+    <t>CETURTDIENA 11.12</t>
+  </si>
+  <si>
+    <t>PIEKTDIENA 12.12</t>
+  </si>
+  <si>
+    <t>SESTDIENA 13.12</t>
+  </si>
+  <si>
+    <t>SVĒTDIENA 14.12</t>
   </si>
   <si>
     <t>LIELAIS BASEINS-celiņi</t>
   </si>
   <si>
     <t>mazais baseins</t>
   </si>
   <si>
     <t>LIELAIS BASEINS celiņi</t>
   </si>
   <si>
     <t>Laiks</t>
   </si>
   <si>
     <t>7.15 - 8.00</t>
   </si>
   <si>
     <t>8.00 - 8.15</t>
   </si>
   <si>
     <t>Ūdens aerobika</t>
   </si>
   <si>
     <t>8.15 - 8.30</t>
   </si>
   <si>
     <t>OCP</t>
   </si>
   <si>
     <t>8.30 - 8.45</t>
   </si>
   <si>
     <t>8.45 - 9.00</t>
   </si>
   <si>
+    <t>Kalna pamatskola</t>
+  </si>
+  <si>
     <t>9.00 - 9.15</t>
   </si>
   <si>
+    <t>NBS-1</t>
+  </si>
+  <si>
+    <t>PSK  Ogre pieaugušie</t>
+  </si>
+  <si>
     <t>9.15 - 9.30</t>
   </si>
   <si>
+    <t>Māris</t>
+  </si>
+  <si>
     <t>9.30 - 9.45</t>
   </si>
   <si>
     <t>9.45 - 10.00</t>
   </si>
   <si>
-    <t>NBS-1</t>
-[...1 lines deleted...]
-  <si>
     <t>10.00 - 10.15</t>
   </si>
   <si>
     <t>Ģimnāzija</t>
   </si>
   <si>
     <t>Līga</t>
   </si>
   <si>
+    <t xml:space="preserve">PSK Ogre </t>
+  </si>
+  <si>
     <t>10.15 - 10.30</t>
   </si>
   <si>
+    <t>Sporta centrs</t>
+  </si>
+  <si>
     <t>10.30 - 10.45</t>
   </si>
   <si>
-    <t>Kalna pamatskola</t>
+    <t>PSK Ogre pieaugušie</t>
   </si>
   <si>
     <t>10.45 - 11.00</t>
   </si>
   <si>
+    <t>S/k Vētra</t>
+  </si>
+  <si>
     <t>11.00 - 11.15</t>
   </si>
   <si>
-    <t>Daivings</t>
-[...1 lines deleted...]
-  <si>
     <t>11.15 - 11.30</t>
   </si>
   <si>
     <t>Baltā skola</t>
   </si>
   <si>
     <t>11.30 - 11.45</t>
   </si>
   <si>
     <t>11.45 - 12.00</t>
   </si>
   <si>
     <t>12.00 - 12.15</t>
   </si>
   <si>
+    <t>12.15 - 12.30</t>
+  </si>
+  <si>
+    <t>12.30 - 12.45</t>
+  </si>
+  <si>
+    <t>12.45 - 13.00</t>
+  </si>
+  <si>
     <t>O-veselība</t>
   </si>
   <si>
-    <t>12.15 - 12.30</t>
-[...13 lines deleted...]
-  <si>
     <t>13.00 - 13.15</t>
   </si>
   <si>
     <t>13.15 - 13.30</t>
   </si>
   <si>
     <t>13:30 - 13.45</t>
   </si>
   <si>
     <t>13:45 - 14.00</t>
   </si>
   <si>
     <t>14.00 - 14.15</t>
   </si>
   <si>
     <t>14.15 - 14.30</t>
   </si>
   <si>
     <t>Eduards</t>
   </si>
   <si>
     <t>14.30 - 14.45</t>
   </si>
   <si>
     <t>Kalna skola</t>
@@ -227,66 +235,57 @@
   <si>
     <t>14.45 - 15.00</t>
   </si>
   <si>
     <t>PSK Ogre</t>
   </si>
   <si>
     <t>15.00 - 15.15</t>
   </si>
   <si>
     <t>15.15 - 15.30</t>
   </si>
   <si>
     <t>15.30 - 15.45</t>
   </si>
   <si>
     <t>15.45 - 16.00</t>
   </si>
   <si>
     <t>16.00 - 16.15</t>
   </si>
   <si>
     <t>16.15 - 16.30</t>
   </si>
   <si>
-    <t xml:space="preserve">PSK Ogre </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">16.30 - 16.45 </t>
   </si>
   <si>
     <t>16.45 - 17.00</t>
   </si>
   <si>
     <t>17.00 - 17.15</t>
-  </si>
-[...1 lines deleted...]
-    <t>Māris</t>
   </si>
   <si>
     <t>17.15 - 17.30</t>
   </si>
   <si>
     <t>17.30 - 17.45</t>
   </si>
   <si>
     <t>17.45 - 18.00</t>
   </si>
   <si>
     <t>Dace</t>
   </si>
   <si>
     <t>18.00 - 18.15</t>
   </si>
   <si>
     <t>18.15 - 18.30</t>
   </si>
   <si>
     <t>18.30 - 18.45</t>
   </si>
   <si>
     <t>18.45 - 19.00</t>
   </si>
@@ -312,51 +311,51 @@
     <t>20.00 - 20.15</t>
   </si>
   <si>
     <t>20.15 - 20.30</t>
   </si>
   <si>
     <t>20.30 - 20.45</t>
   </si>
   <si>
     <t>20.45 - 21.00</t>
   </si>
   <si>
     <t>21:00 - 21.15</t>
   </si>
   <si>
     <t>21:15 - 21.30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_-&quot;Ls&quot;\ * #,##0.00_-;\-&quot;Ls&quot;\ * #,##0.00_-;_-&quot;Ls&quot;\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="28" x14ac:knownFonts="1">
+  <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -448,140 +447,154 @@
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="22"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
+    <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="7"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="9"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="7" tint="0.79998168889431442"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
-    </font>
-[...6 lines deleted...]
-      <charset val="186"/>
     </font>
   </fonts>
   <fills count="25">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
@@ -621,111 +634,111 @@
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FF538ED5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF00B050"/>
+        <fgColor rgb="FFCCCCFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
+        <fgColor rgb="FFE46D0A"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFCCCCFF"/>
+        <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5"/>
-[...10 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFFCC0F5"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFE46D0A"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="41">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
@@ -1006,131 +1019,131 @@
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...66 lines deleted...]
-    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -1179,892 +1192,934 @@
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="313">
+  <cellXfs count="333">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="44" fontId="3" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="44" fontId="3" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="4" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="6" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="3" fillId="7" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="8" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="9" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="10" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="13" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="16" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="18" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="18" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="18" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="18" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="18" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="15" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="20" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="15" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="20" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="15" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="20" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...43 lines deleted...]
-      <alignment vertical="center" textRotation="90"/>
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center" textRotation="90"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment textRotation="255"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="16" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment textRotation="90"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="24" fillId="18" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="18" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="18" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="13" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="13" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...51 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="26" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment textRotation="180"/>
     </xf>
+    <xf numFmtId="0" fontId="26" fillId="13" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="13" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="13" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="13" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="21" fillId="13" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="13" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="15" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="24" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="24" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" textRotation="90" wrapText="1"/>
-[...3 lines deleted...]
-    </xf>
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="12" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...406 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -2304,3057 +2359,3076 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AR66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="V33" sqref="V32:V33"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.140625" customWidth="1"/>
     <col min="2" max="5" width="5.140625" customWidth="1"/>
     <col min="6" max="6" width="6.42578125" customWidth="1"/>
     <col min="7" max="10" width="5.140625" customWidth="1"/>
     <col min="11" max="11" width="6.140625" customWidth="1"/>
     <col min="12" max="15" width="5.140625" customWidth="1"/>
     <col min="16" max="16" width="6.42578125" customWidth="1"/>
     <col min="17" max="20" width="5.140625" customWidth="1"/>
-    <col min="21" max="21" width="7.140625" customWidth="1"/>
+    <col min="21" max="21" width="6.28515625" customWidth="1"/>
     <col min="22" max="25" width="5.140625" customWidth="1"/>
     <col min="26" max="26" width="6.28515625" customWidth="1"/>
     <col min="27" max="30" width="5.140625" customWidth="1"/>
     <col min="31" max="31" width="6.28515625" customWidth="1"/>
     <col min="32" max="35" width="5.140625" customWidth="1"/>
     <col min="36" max="36" width="6.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:40" x14ac:dyDescent="0.25">
-      <c r="A1" s="289" t="s">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="289"/>
-[...33 lines deleted...]
-      <c r="AJ1" s="289"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="1"/>
+      <c r="N1" s="1"/>
+      <c r="O1" s="1"/>
+      <c r="P1" s="1"/>
+      <c r="Q1" s="1"/>
+      <c r="R1" s="1"/>
+      <c r="S1" s="1"/>
+      <c r="T1" s="1"/>
+      <c r="U1" s="1"/>
+      <c r="V1" s="1"/>
+      <c r="W1" s="1"/>
+      <c r="X1" s="1"/>
+      <c r="Y1" s="1"/>
+      <c r="Z1" s="1"/>
+      <c r="AA1" s="1"/>
+      <c r="AB1" s="1"/>
+      <c r="AC1" s="1"/>
+      <c r="AD1" s="1"/>
+      <c r="AE1" s="1"/>
+      <c r="AF1" s="1"/>
+      <c r="AG1" s="1"/>
+      <c r="AH1" s="1"/>
+      <c r="AI1" s="1"/>
+      <c r="AJ1" s="1"/>
     </row>
     <row r="2" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="290"/>
-[...34 lines deleted...]
-      <c r="AJ2" s="290"/>
+      <c r="A2" s="2"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="2"/>
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+      <c r="Y2" s="2"/>
+      <c r="Z2" s="2"/>
+      <c r="AA2" s="2"/>
+      <c r="AB2" s="2"/>
+      <c r="AC2" s="2"/>
+      <c r="AD2" s="2"/>
+      <c r="AE2" s="2"/>
+      <c r="AF2" s="2"/>
+      <c r="AG2" s="2"/>
+      <c r="AH2" s="2"/>
+      <c r="AI2" s="2"/>
+      <c r="AJ2" s="2"/>
     </row>
     <row r="3" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="1" t="s">
+      <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="2"/>
-      <c r="C3" s="291" t="s">
+      <c r="B3" s="4"/>
+      <c r="C3" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="292"/>
-[...3 lines deleted...]
-      <c r="H3" s="3" t="s">
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="7"/>
+      <c r="H3" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="I3" s="4"/>
-[...2 lines deleted...]
-      <c r="L3" s="6" t="s">
+      <c r="I3" s="9"/>
+      <c r="J3" s="9"/>
+      <c r="K3" s="10"/>
+      <c r="L3" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="M3" s="7"/>
-[...3 lines deleted...]
-      <c r="Q3" s="10" t="s">
+      <c r="M3" s="12"/>
+      <c r="N3" s="12"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="14"/>
+      <c r="Q3" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="R3" s="10"/>
-[...1 lines deleted...]
-      <c r="T3" s="12" t="s">
+      <c r="R3" s="15"/>
+      <c r="S3" s="16"/>
+      <c r="T3" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="U3" s="13"/>
-[...2 lines deleted...]
-      <c r="X3" s="14" t="s">
+      <c r="U3" s="18"/>
+      <c r="V3" s="18"/>
+      <c r="W3" s="18"/>
+      <c r="X3" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="Y3" s="15"/>
-[...6 lines deleted...]
-      <c r="B4" s="294" t="s">
+      <c r="Y3" s="20"/>
+      <c r="Z3" s="21"/>
+      <c r="AA3" s="22"/>
+      <c r="AJ3" s="23"/>
+    </row>
+    <row r="4" spans="1:40" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="24"/>
+      <c r="B4" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="C4" s="294"/>
-[...3 lines deleted...]
-      <c r="G4" s="296" t="s">
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="294"/>
-[...3 lines deleted...]
-      <c r="L4" s="296" t="s">
+      <c r="H4" s="25"/>
+      <c r="I4" s="25"/>
+      <c r="J4" s="25"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="M4" s="294"/>
-[...3 lines deleted...]
-      <c r="Q4" s="298" t="s">
+      <c r="M4" s="25"/>
+      <c r="N4" s="25"/>
+      <c r="O4" s="25"/>
+      <c r="P4" s="28"/>
+      <c r="Q4" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="R4" s="299"/>
-[...3 lines deleted...]
-      <c r="V4" s="301" t="s">
+      <c r="R4" s="25"/>
+      <c r="S4" s="25"/>
+      <c r="T4" s="25"/>
+      <c r="U4" s="28"/>
+      <c r="V4" s="29" t="s">
         <v>12</v>
       </c>
-      <c r="W4" s="302"/>
-[...3 lines deleted...]
-      <c r="AA4" s="304" t="s">
+      <c r="W4" s="30"/>
+      <c r="X4" s="30"/>
+      <c r="Y4" s="30"/>
+      <c r="Z4" s="31"/>
+      <c r="AA4" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="AB4" s="305"/>
-[...3 lines deleted...]
-      <c r="AF4" s="301" t="s">
+      <c r="AB4" s="25"/>
+      <c r="AC4" s="25"/>
+      <c r="AD4" s="25"/>
+      <c r="AE4" s="28"/>
+      <c r="AF4" s="29" t="s">
         <v>14</v>
       </c>
-      <c r="AG4" s="302"/>
-[...2 lines deleted...]
-      <c r="AJ4" s="307"/>
+      <c r="AG4" s="30"/>
+      <c r="AH4" s="30"/>
+      <c r="AI4" s="30"/>
+      <c r="AJ4" s="32"/>
     </row>
     <row r="5" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="20"/>
-      <c r="B5" s="285" t="s">
+      <c r="A5" s="33"/>
+      <c r="B5" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="262"/>
-[...2 lines deleted...]
-      <c r="F5" s="287" t="s">
+      <c r="C5" s="35"/>
+      <c r="D5" s="35"/>
+      <c r="E5" s="36"/>
+      <c r="F5" s="37" t="s">
         <v>16</v>
       </c>
-      <c r="G5" s="262" t="s">
+      <c r="G5" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="H5" s="262"/>
-[...2 lines deleted...]
-      <c r="K5" s="263" t="s">
+      <c r="H5" s="35"/>
+      <c r="I5" s="35"/>
+      <c r="J5" s="35"/>
+      <c r="K5" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="L5" s="262" t="s">
+      <c r="L5" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="M5" s="262"/>
-[...2 lines deleted...]
-      <c r="P5" s="263" t="s">
+      <c r="M5" s="35"/>
+      <c r="N5" s="35"/>
+      <c r="O5" s="35"/>
+      <c r="P5" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="Q5" s="262" t="s">
+      <c r="Q5" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="R5" s="262"/>
-[...2 lines deleted...]
-      <c r="U5" s="263" t="s">
+      <c r="R5" s="35"/>
+      <c r="S5" s="35"/>
+      <c r="T5" s="35"/>
+      <c r="U5" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="V5" s="262" t="s">
+      <c r="V5" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="W5" s="262"/>
-[...2 lines deleted...]
-      <c r="Z5" s="283" t="s">
+      <c r="W5" s="35"/>
+      <c r="X5" s="35"/>
+      <c r="Y5" s="35"/>
+      <c r="Z5" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="AA5" s="262" t="s">
+      <c r="AA5" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="AB5" s="262"/>
-[...2 lines deleted...]
-      <c r="AE5" s="263" t="s">
+      <c r="AB5" s="35"/>
+      <c r="AC5" s="35"/>
+      <c r="AD5" s="35"/>
+      <c r="AE5" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="AF5" s="262" t="s">
+      <c r="AF5" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="AG5" s="262"/>
-[...2 lines deleted...]
-      <c r="AJ5" s="263" t="s">
+      <c r="AG5" s="35"/>
+      <c r="AH5" s="35"/>
+      <c r="AI5" s="35"/>
+      <c r="AJ5" s="38" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:40" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="21" t="s">
+      <c r="A6" s="40" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="22">
+      <c r="B6" s="41">
         <v>1</v>
       </c>
-      <c r="C6" s="23">
+      <c r="C6" s="42">
         <v>2</v>
       </c>
-      <c r="D6" s="23">
+      <c r="D6" s="42">
         <v>3</v>
       </c>
-      <c r="E6" s="24">
+      <c r="E6" s="43">
         <v>4</v>
       </c>
-      <c r="F6" s="288"/>
-      <c r="G6" s="25">
+      <c r="F6" s="44"/>
+      <c r="G6" s="45">
         <v>1</v>
       </c>
-      <c r="H6" s="26">
+      <c r="H6" s="46">
         <v>2</v>
       </c>
-      <c r="I6" s="26">
+      <c r="I6" s="46">
         <v>3</v>
       </c>
-      <c r="J6" s="27">
+      <c r="J6" s="47">
         <v>4</v>
       </c>
-      <c r="K6" s="264"/>
-      <c r="L6" s="28">
+      <c r="K6" s="48"/>
+      <c r="L6" s="49">
         <v>1</v>
       </c>
-      <c r="M6" s="29">
+      <c r="M6" s="50">
         <v>2</v>
       </c>
-      <c r="N6" s="29">
+      <c r="N6" s="50">
         <v>3</v>
       </c>
-      <c r="O6" s="30">
+      <c r="O6" s="51">
         <v>4</v>
       </c>
-      <c r="P6" s="264"/>
-      <c r="Q6" s="28">
+      <c r="P6" s="48"/>
+      <c r="Q6" s="49">
         <v>1</v>
       </c>
-      <c r="R6" s="29">
+      <c r="R6" s="50">
         <v>2</v>
       </c>
-      <c r="S6" s="29">
+      <c r="S6" s="50">
         <v>3</v>
       </c>
-      <c r="T6" s="30">
+      <c r="T6" s="51">
         <v>4</v>
       </c>
-      <c r="U6" s="264"/>
-      <c r="V6" s="31">
+      <c r="U6" s="48"/>
+      <c r="V6" s="52">
         <v>1</v>
       </c>
-      <c r="W6" s="32">
+      <c r="W6" s="53">
         <v>2</v>
       </c>
-      <c r="X6" s="32">
+      <c r="X6" s="53">
         <v>3</v>
       </c>
-      <c r="Y6" s="33">
+      <c r="Y6" s="54">
         <v>4</v>
       </c>
-      <c r="Z6" s="284"/>
-      <c r="AA6" s="31">
+      <c r="Z6" s="55"/>
+      <c r="AA6" s="52">
         <v>1</v>
       </c>
-      <c r="AB6" s="32">
+      <c r="AB6" s="53">
         <v>2</v>
       </c>
-      <c r="AC6" s="32">
+      <c r="AC6" s="53">
         <v>3</v>
       </c>
-      <c r="AD6" s="33">
+      <c r="AD6" s="54">
         <v>4</v>
       </c>
-      <c r="AE6" s="264"/>
-      <c r="AF6" s="31">
+      <c r="AE6" s="48"/>
+      <c r="AF6" s="52">
         <v>1</v>
       </c>
-      <c r="AG6" s="32">
+      <c r="AG6" s="53">
         <v>2</v>
       </c>
-      <c r="AH6" s="32">
+      <c r="AH6" s="53">
         <v>3</v>
       </c>
-      <c r="AI6" s="33">
+      <c r="AI6" s="54">
         <v>4</v>
       </c>
-      <c r="AJ6" s="264"/>
+      <c r="AJ6" s="48"/>
     </row>
     <row r="7" spans="1:40" x14ac:dyDescent="0.25">
-      <c r="A7" s="34" t="s">
+      <c r="A7" s="56" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="35"/>
-[...33 lines deleted...]
-      <c r="AJ7" s="43"/>
+      <c r="B7" s="57"/>
+      <c r="C7" s="58"/>
+      <c r="D7" s="58"/>
+      <c r="E7" s="59"/>
+      <c r="F7" s="60"/>
+      <c r="G7" s="61"/>
+      <c r="H7" s="62"/>
+      <c r="I7" s="62"/>
+      <c r="J7" s="63"/>
+      <c r="K7" s="64"/>
+      <c r="L7" s="61"/>
+      <c r="M7" s="62"/>
+      <c r="N7" s="62"/>
+      <c r="O7" s="63"/>
+      <c r="P7" s="65"/>
+      <c r="Q7" s="61"/>
+      <c r="R7" s="63"/>
+      <c r="S7" s="66"/>
+      <c r="T7" s="67"/>
+      <c r="U7" s="68"/>
+      <c r="V7" s="69"/>
+      <c r="W7" s="70"/>
+      <c r="X7" s="70"/>
+      <c r="Y7" s="71"/>
+      <c r="Z7" s="72"/>
+      <c r="AA7" s="73"/>
+      <c r="AB7" s="73"/>
+      <c r="AC7" s="73"/>
+      <c r="AD7" s="73"/>
+      <c r="AE7" s="74"/>
+      <c r="AF7" s="61"/>
+      <c r="AG7" s="62"/>
+      <c r="AH7" s="62"/>
+      <c r="AI7" s="63"/>
+      <c r="AJ7" s="65"/>
     </row>
     <row r="8" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="34" t="s">
+      <c r="A8" s="56" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="50"/>
-[...19 lines deleted...]
-      <c r="V8" s="268" t="s">
+      <c r="B8" s="75"/>
+      <c r="C8" s="76"/>
+      <c r="D8" s="76"/>
+      <c r="E8" s="77"/>
+      <c r="F8" s="78"/>
+      <c r="G8" s="79"/>
+      <c r="H8" s="80"/>
+      <c r="I8" s="81"/>
+      <c r="J8" s="82"/>
+      <c r="K8" s="83"/>
+      <c r="L8" s="79"/>
+      <c r="M8" s="81"/>
+      <c r="N8" s="84"/>
+      <c r="O8" s="85"/>
+      <c r="P8" s="86"/>
+      <c r="Q8" s="79"/>
+      <c r="R8" s="87"/>
+      <c r="S8" s="88"/>
+      <c r="T8" s="89"/>
+      <c r="U8" s="90"/>
+      <c r="V8" s="91" t="s">
         <v>21</v>
       </c>
-      <c r="W8" s="269"/>
-[...15 lines deleted...]
-      <c r="A9" s="34" t="s">
+      <c r="W8" s="92"/>
+      <c r="X8" s="93"/>
+      <c r="Y8" s="94"/>
+      <c r="Z8" s="72"/>
+      <c r="AA8" s="95"/>
+      <c r="AB8" s="88"/>
+      <c r="AC8" s="73"/>
+      <c r="AD8" s="73"/>
+      <c r="AE8" s="96"/>
+      <c r="AF8" s="79"/>
+      <c r="AG8" s="81"/>
+      <c r="AH8" s="84"/>
+      <c r="AI8" s="85"/>
+      <c r="AJ8" s="86"/>
+    </row>
+    <row r="9" spans="1:40" x14ac:dyDescent="0.25">
+      <c r="A9" s="56" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="255" t="s">
+      <c r="B9" s="97" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="67"/>
-[...8 lines deleted...]
-      <c r="L9" s="255" t="s">
+      <c r="C9" s="98"/>
+      <c r="D9" s="99"/>
+      <c r="E9" s="89"/>
+      <c r="F9" s="78"/>
+      <c r="G9" s="79"/>
+      <c r="H9" s="80"/>
+      <c r="I9" s="81"/>
+      <c r="J9" s="82"/>
+      <c r="K9" s="83"/>
+      <c r="L9" s="97" t="s">
         <v>23</v>
       </c>
-      <c r="M9" s="56"/>
-[...22 lines deleted...]
-      <c r="AJ9" s="61"/>
+      <c r="M9" s="81"/>
+      <c r="N9" s="84"/>
+      <c r="O9" s="85"/>
+      <c r="P9" s="86"/>
+      <c r="Q9" s="79"/>
+      <c r="R9" s="80"/>
+      <c r="S9" s="88"/>
+      <c r="T9" s="89"/>
+      <c r="U9" s="90"/>
+      <c r="V9" s="100"/>
+      <c r="W9" s="101"/>
+      <c r="X9" s="102"/>
+      <c r="Y9" s="94"/>
+      <c r="Z9" s="72"/>
+      <c r="AA9" s="95"/>
+      <c r="AB9" s="88"/>
+      <c r="AC9" s="73"/>
+      <c r="AD9" s="73"/>
+      <c r="AE9" s="96"/>
+      <c r="AF9" s="79"/>
+      <c r="AG9" s="81"/>
+      <c r="AH9" s="84"/>
+      <c r="AI9" s="85"/>
+      <c r="AJ9" s="86"/>
     </row>
     <row r="10" spans="1:40" x14ac:dyDescent="0.25">
-      <c r="A10" s="34" t="s">
+      <c r="A10" s="56" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="256"/>
-[...33 lines deleted...]
-      <c r="AJ10" s="61"/>
+      <c r="B10" s="103"/>
+      <c r="C10" s="88"/>
+      <c r="D10" s="104"/>
+      <c r="E10" s="89"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="104"/>
+      <c r="H10" s="88"/>
+      <c r="I10" s="88"/>
+      <c r="J10" s="89"/>
+      <c r="K10" s="83"/>
+      <c r="L10" s="103"/>
+      <c r="M10" s="88"/>
+      <c r="N10" s="105"/>
+      <c r="O10" s="106"/>
+      <c r="P10" s="86"/>
+      <c r="Q10" s="107"/>
+      <c r="R10" s="108"/>
+      <c r="S10" s="88"/>
+      <c r="T10" s="89"/>
+      <c r="U10" s="90"/>
+      <c r="V10" s="109"/>
+      <c r="W10" s="110"/>
+      <c r="X10" s="111"/>
+      <c r="Y10" s="94"/>
+      <c r="Z10" s="72"/>
+      <c r="AA10" s="95"/>
+      <c r="AB10" s="88"/>
+      <c r="AC10" s="73"/>
+      <c r="AD10" s="73"/>
+      <c r="AE10" s="96"/>
+      <c r="AF10" s="79"/>
+      <c r="AG10" s="81"/>
+      <c r="AH10" s="112"/>
+      <c r="AI10" s="106"/>
+      <c r="AJ10" s="86"/>
     </row>
     <row r="11" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="34" t="s">
+      <c r="A11" s="56" t="s">
         <v>25</v>
       </c>
-      <c r="B11" s="256"/>
-[...24 lines deleted...]
-      <c r="AA11" s="311" t="s">
+      <c r="B11" s="103"/>
+      <c r="C11" s="88"/>
+      <c r="D11" s="104"/>
+      <c r="E11" s="89"/>
+      <c r="F11" s="78"/>
+      <c r="G11" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="H11" s="113"/>
+      <c r="I11" s="99"/>
+      <c r="J11" s="114"/>
+      <c r="K11" s="83"/>
+      <c r="L11" s="103"/>
+      <c r="M11" s="88"/>
+      <c r="N11" s="88"/>
+      <c r="O11" s="89"/>
+      <c r="P11" s="115"/>
+      <c r="Q11" s="116"/>
+      <c r="R11" s="99"/>
+      <c r="S11" s="117"/>
+      <c r="T11" s="114"/>
+      <c r="U11" s="90"/>
+      <c r="V11" s="118"/>
+      <c r="W11" s="108"/>
+      <c r="X11" s="88"/>
+      <c r="Y11" s="89"/>
+      <c r="Z11" s="72"/>
+      <c r="AA11" s="95"/>
+      <c r="AB11" s="88"/>
+      <c r="AC11" s="73"/>
+      <c r="AD11" s="73"/>
+      <c r="AE11" s="96"/>
+      <c r="AF11" s="79"/>
+      <c r="AG11" s="81"/>
+      <c r="AH11" s="88"/>
+      <c r="AI11" s="89"/>
+      <c r="AJ11" s="86"/>
+    </row>
+    <row r="12" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="56" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="119"/>
+      <c r="C12" s="120" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" s="120" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="89"/>
+      <c r="F12" s="78"/>
+      <c r="G12" s="113"/>
+      <c r="H12" s="113"/>
+      <c r="I12" s="88"/>
+      <c r="J12" s="89"/>
+      <c r="K12" s="83"/>
+      <c r="L12" s="119"/>
+      <c r="M12" s="88"/>
+      <c r="N12" s="104"/>
+      <c r="O12" s="89"/>
+      <c r="P12" s="115"/>
+      <c r="Q12" s="112"/>
+      <c r="R12" s="112"/>
+      <c r="S12" s="88"/>
+      <c r="T12" s="89"/>
+      <c r="U12" s="90"/>
+      <c r="V12" s="104"/>
+      <c r="W12" s="88"/>
+      <c r="X12" s="88"/>
+      <c r="Y12" s="89"/>
+      <c r="Z12" s="72"/>
+      <c r="AA12" s="121" t="s">
+        <v>29</v>
+      </c>
+      <c r="AB12" s="88"/>
+      <c r="AC12" s="88"/>
+      <c r="AD12" s="73"/>
+      <c r="AE12" s="96"/>
+      <c r="AF12" s="112"/>
+      <c r="AG12" s="112"/>
+      <c r="AH12" s="112"/>
+      <c r="AI12" s="112"/>
+      <c r="AJ12" s="86"/>
+      <c r="AM12" s="122"/>
+    </row>
+    <row r="13" spans="1:40" x14ac:dyDescent="0.25">
+      <c r="A13" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="99"/>
+      <c r="C13" s="120"/>
+      <c r="D13" s="120"/>
+      <c r="E13" s="89"/>
+      <c r="F13" s="78"/>
+      <c r="G13" s="113"/>
+      <c r="H13" s="113"/>
+      <c r="I13" s="88"/>
+      <c r="J13" s="89"/>
+      <c r="K13" s="83"/>
+      <c r="L13" s="89"/>
+      <c r="M13" s="88"/>
+      <c r="N13" s="104"/>
+      <c r="O13" s="89"/>
+      <c r="P13" s="115"/>
+      <c r="Q13" s="112"/>
+      <c r="R13" s="106"/>
+      <c r="S13" s="88"/>
+      <c r="T13" s="89"/>
+      <c r="U13" s="90"/>
+      <c r="V13" s="104"/>
+      <c r="W13" s="88"/>
+      <c r="X13" s="88"/>
+      <c r="Y13" s="89"/>
+      <c r="Z13" s="72"/>
+      <c r="AA13" s="123"/>
+      <c r="AB13" s="88"/>
+      <c r="AC13" s="88"/>
+      <c r="AD13" s="73"/>
+      <c r="AE13" s="124" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF13" s="112"/>
+      <c r="AG13" s="112"/>
+      <c r="AH13" s="112"/>
+      <c r="AI13" s="112"/>
+      <c r="AJ13" s="86"/>
+      <c r="AN13" s="125"/>
+    </row>
+    <row r="14" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="56" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="126"/>
+      <c r="C14" s="120"/>
+      <c r="D14" s="120"/>
+      <c r="E14" s="89"/>
+      <c r="F14" s="78"/>
+      <c r="G14" s="88"/>
+      <c r="H14" s="88"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="89"/>
+      <c r="K14" s="83"/>
+      <c r="L14" s="89"/>
+      <c r="M14" s="88"/>
+      <c r="N14" s="104"/>
+      <c r="O14" s="89"/>
+      <c r="P14" s="115"/>
+      <c r="Q14" s="99"/>
+      <c r="R14" s="99"/>
+      <c r="S14" s="88"/>
+      <c r="T14" s="89"/>
+      <c r="U14" s="90"/>
+      <c r="V14" s="104"/>
+      <c r="W14" s="88"/>
+      <c r="X14" s="95"/>
+      <c r="Y14" s="127"/>
+      <c r="Z14" s="72"/>
+      <c r="AA14" s="123"/>
+      <c r="AB14" s="88"/>
+      <c r="AC14" s="88"/>
+      <c r="AD14" s="73"/>
+      <c r="AE14" s="128"/>
+      <c r="AF14" s="112"/>
+      <c r="AG14" s="112"/>
+      <c r="AH14" s="112"/>
+      <c r="AI14" s="112"/>
+      <c r="AJ14" s="86"/>
+    </row>
+    <row r="15" spans="1:40" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="56" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="97" t="s">
         <v>23</v>
       </c>
-      <c r="AB11" s="56"/>
-[...10 lines deleted...]
-      <c r="A12" s="34" t="s">
+      <c r="C15" s="120"/>
+      <c r="D15" s="120"/>
+      <c r="E15" s="89"/>
+      <c r="F15" s="78"/>
+      <c r="G15" s="104"/>
+      <c r="H15" s="89"/>
+      <c r="I15" s="89"/>
+      <c r="J15" s="89"/>
+      <c r="K15" s="83"/>
+      <c r="L15" s="129" t="s">
+        <v>23</v>
+      </c>
+      <c r="M15" s="130"/>
+      <c r="N15" s="89"/>
+      <c r="O15" s="89"/>
+      <c r="P15" s="86"/>
+      <c r="Q15" s="131"/>
+      <c r="R15" s="112"/>
+      <c r="S15" s="117"/>
+      <c r="T15" s="114"/>
+      <c r="U15" s="90"/>
+      <c r="V15" s="89"/>
+      <c r="W15" s="88"/>
+      <c r="X15" s="107"/>
+      <c r="Y15" s="127"/>
+      <c r="Z15" s="132"/>
+      <c r="AA15" s="123"/>
+      <c r="AB15" s="88"/>
+      <c r="AC15" s="88"/>
+      <c r="AD15" s="73"/>
+      <c r="AE15" s="133"/>
+      <c r="AF15" s="112"/>
+      <c r="AG15" s="112"/>
+      <c r="AH15" s="112"/>
+      <c r="AI15" s="112"/>
+      <c r="AJ15" s="86"/>
+    </row>
+    <row r="16" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="134" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="103"/>
+      <c r="C16" s="120"/>
+      <c r="D16" s="120"/>
+      <c r="E16" s="89"/>
+      <c r="F16" s="78"/>
+      <c r="G16" s="104"/>
+      <c r="H16" s="89"/>
+      <c r="I16" s="88"/>
+      <c r="J16" s="89"/>
+      <c r="K16" s="83"/>
+      <c r="L16" s="129"/>
+      <c r="M16" s="135"/>
+      <c r="N16" s="136" t="s">
+        <v>35</v>
+      </c>
+      <c r="O16" s="136"/>
+      <c r="P16" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q16" s="131"/>
+      <c r="R16" s="112"/>
+      <c r="S16" s="104"/>
+      <c r="T16" s="89"/>
+      <c r="U16" s="90"/>
+      <c r="V16" s="120" t="s">
+        <v>28</v>
+      </c>
+      <c r="W16" s="120" t="s">
+        <v>28</v>
+      </c>
+      <c r="X16" s="95"/>
+      <c r="Y16" s="89"/>
+      <c r="Z16" s="138" t="s">
+        <v>36</v>
+      </c>
+      <c r="AA16" s="123"/>
+      <c r="AB16" s="88"/>
+      <c r="AC16" s="88"/>
+      <c r="AD16" s="73"/>
+      <c r="AE16" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF16" s="112"/>
+      <c r="AG16" s="112"/>
+      <c r="AH16" s="112"/>
+      <c r="AI16" s="112"/>
+      <c r="AJ16" s="86"/>
+    </row>
+    <row r="17" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="134" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="103"/>
+      <c r="C17" s="120"/>
+      <c r="D17" s="120"/>
+      <c r="E17" s="89"/>
+      <c r="F17" s="78"/>
+      <c r="G17" s="104"/>
+      <c r="H17" s="89"/>
+      <c r="I17" s="88"/>
+      <c r="J17" s="89"/>
+      <c r="K17" s="83"/>
+      <c r="L17" s="129"/>
+      <c r="M17" s="104"/>
+      <c r="N17" s="136"/>
+      <c r="O17" s="136"/>
+      <c r="P17" s="140"/>
+      <c r="Q17" s="117"/>
+      <c r="R17" s="88"/>
+      <c r="S17" s="104"/>
+      <c r="T17" s="89"/>
+      <c r="U17" s="90"/>
+      <c r="V17" s="120"/>
+      <c r="W17" s="120"/>
+      <c r="X17" s="95"/>
+      <c r="Y17" s="89"/>
+      <c r="Z17" s="138"/>
+      <c r="AA17" s="141"/>
+      <c r="AB17" s="88"/>
+      <c r="AC17" s="142" t="s">
+        <v>39</v>
+      </c>
+      <c r="AD17" s="143"/>
+      <c r="AE17" s="144"/>
+      <c r="AF17" s="112"/>
+      <c r="AG17" s="112"/>
+      <c r="AH17" s="112"/>
+      <c r="AI17" s="112"/>
+      <c r="AJ17" s="86"/>
+    </row>
+    <row r="18" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="134" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="119"/>
+      <c r="C18" s="99"/>
+      <c r="D18" s="104"/>
+      <c r="E18" s="89"/>
+      <c r="F18" s="78"/>
+      <c r="G18" s="113" t="s">
         <v>26</v>
       </c>
-      <c r="B12" s="257"/>
-[...121 lines deleted...]
-      <c r="B15" s="255" t="s">
+      <c r="H18" s="113"/>
+      <c r="I18" s="88"/>
+      <c r="J18" s="89"/>
+      <c r="K18" s="83"/>
+      <c r="L18" s="129"/>
+      <c r="M18" s="104"/>
+      <c r="N18" s="136"/>
+      <c r="O18" s="136"/>
+      <c r="P18" s="145"/>
+      <c r="Q18" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="R18" s="113"/>
+      <c r="S18" s="104"/>
+      <c r="T18" s="89"/>
+      <c r="U18" s="90"/>
+      <c r="V18" s="120"/>
+      <c r="W18" s="120"/>
+      <c r="X18" s="95"/>
+      <c r="Y18" s="89"/>
+      <c r="Z18" s="146"/>
+      <c r="AA18" s="147" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB18" s="148"/>
+      <c r="AC18" s="149"/>
+      <c r="AD18" s="150"/>
+      <c r="AE18" s="151"/>
+      <c r="AF18" s="112"/>
+      <c r="AG18" s="112"/>
+      <c r="AH18" s="112"/>
+      <c r="AI18" s="112"/>
+      <c r="AJ18" s="86"/>
+      <c r="AL18" s="152"/>
+    </row>
+    <row r="19" spans="1:44" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="134" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="136" t="s">
+        <v>35</v>
+      </c>
+      <c r="C19" s="136"/>
+      <c r="D19" s="153"/>
+      <c r="E19" s="153"/>
+      <c r="F19" s="78"/>
+      <c r="G19" s="113"/>
+      <c r="H19" s="113"/>
+      <c r="I19" s="104"/>
+      <c r="J19" s="89"/>
+      <c r="K19" s="83"/>
+      <c r="L19" s="154"/>
+      <c r="M19" s="104"/>
+      <c r="N19" s="136"/>
+      <c r="O19" s="136"/>
+      <c r="P19" s="155"/>
+      <c r="Q19" s="113"/>
+      <c r="R19" s="113"/>
+      <c r="S19" s="89"/>
+      <c r="T19" s="89"/>
+      <c r="U19" s="90"/>
+      <c r="V19" s="120"/>
+      <c r="W19" s="120"/>
+      <c r="X19" s="95"/>
+      <c r="Y19" s="94"/>
+      <c r="Z19" s="156"/>
+      <c r="AA19" s="157"/>
+      <c r="AB19" s="158"/>
+      <c r="AC19" s="159"/>
+      <c r="AD19" s="160"/>
+      <c r="AE19" s="161" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF19" s="112"/>
+      <c r="AG19" s="112"/>
+      <c r="AH19" s="112"/>
+      <c r="AI19" s="112"/>
+      <c r="AJ19" s="86"/>
+    </row>
+    <row r="20" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="134" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="136"/>
+      <c r="C20" s="136"/>
+      <c r="D20" s="153"/>
+      <c r="E20" s="153"/>
+      <c r="F20" s="78"/>
+      <c r="G20" s="113"/>
+      <c r="H20" s="113"/>
+      <c r="I20" s="104"/>
+      <c r="J20" s="89"/>
+      <c r="K20" s="83"/>
+      <c r="L20" s="88"/>
+      <c r="M20" s="104"/>
+      <c r="N20" s="104"/>
+      <c r="O20" s="89"/>
+      <c r="P20" s="162"/>
+      <c r="Q20" s="113"/>
+      <c r="R20" s="113"/>
+      <c r="S20" s="88"/>
+      <c r="T20" s="89"/>
+      <c r="U20" s="90"/>
+      <c r="V20" s="120"/>
+      <c r="W20" s="120"/>
+      <c r="X20" s="95"/>
+      <c r="Y20" s="89"/>
+      <c r="Z20" s="163"/>
+      <c r="AA20" s="164"/>
+      <c r="AB20" s="165"/>
+      <c r="AC20" s="88"/>
+      <c r="AD20" s="166" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE20" s="167"/>
+      <c r="AF20" s="112"/>
+      <c r="AG20" s="112"/>
+      <c r="AH20" s="112"/>
+      <c r="AI20" s="112"/>
+      <c r="AJ20" s="86"/>
+      <c r="AM20" s="168"/>
+    </row>
+    <row r="21" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="134" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="136"/>
+      <c r="C21" s="136"/>
+      <c r="D21" s="153"/>
+      <c r="E21" s="153"/>
+      <c r="F21" s="78"/>
+      <c r="G21" s="169" t="s">
+        <v>46</v>
+      </c>
+      <c r="H21" s="169"/>
+      <c r="I21" s="104"/>
+      <c r="J21" s="89"/>
+      <c r="K21" s="170" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21" s="171"/>
+      <c r="M21" s="154"/>
+      <c r="N21" s="104"/>
+      <c r="O21" s="89"/>
+      <c r="P21" s="162"/>
+      <c r="Q21" s="172"/>
+      <c r="R21" s="88"/>
+      <c r="S21" s="88"/>
+      <c r="T21" s="88"/>
+      <c r="U21" s="90"/>
+      <c r="V21" s="120"/>
+      <c r="W21" s="120"/>
+      <c r="X21" s="95"/>
+      <c r="Y21" s="89"/>
+      <c r="Z21" s="163"/>
+      <c r="AA21" s="173" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB21" s="174"/>
+      <c r="AC21" s="175"/>
+      <c r="AD21" s="176"/>
+      <c r="AE21" s="167"/>
+      <c r="AF21" s="112"/>
+      <c r="AG21" s="112"/>
+      <c r="AH21" s="112"/>
+      <c r="AI21" s="112"/>
+      <c r="AJ21" s="86"/>
+    </row>
+    <row r="22" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="134" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="136"/>
+      <c r="C22" s="136"/>
+      <c r="D22" s="104"/>
+      <c r="E22" s="89"/>
+      <c r="F22" s="78"/>
+      <c r="G22" s="169"/>
+      <c r="H22" s="169"/>
+      <c r="I22" s="89"/>
+      <c r="J22" s="89"/>
+      <c r="K22" s="177"/>
+      <c r="L22" s="88"/>
+      <c r="M22" s="154"/>
+      <c r="N22" s="89"/>
+      <c r="O22" s="89"/>
+      <c r="P22" s="162"/>
+      <c r="Q22" s="99"/>
+      <c r="R22" s="99"/>
+      <c r="S22" s="178"/>
+      <c r="T22" s="94"/>
+      <c r="U22" s="90"/>
+      <c r="V22" s="178"/>
+      <c r="W22" s="94"/>
+      <c r="X22" s="95"/>
+      <c r="Y22" s="89"/>
+      <c r="Z22" s="163"/>
+      <c r="AA22" s="179"/>
+      <c r="AB22" s="180"/>
+      <c r="AC22" s="181"/>
+      <c r="AD22" s="182"/>
+      <c r="AE22" s="161" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF22" s="112"/>
+      <c r="AG22" s="112"/>
+      <c r="AH22" s="112"/>
+      <c r="AI22" s="112"/>
+      <c r="AJ22" s="86"/>
+    </row>
+    <row r="23" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="134" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="99"/>
+      <c r="C23" s="99"/>
+      <c r="D23" s="104"/>
+      <c r="E23" s="89"/>
+      <c r="F23" s="78"/>
+      <c r="G23" s="169"/>
+      <c r="H23" s="169"/>
+      <c r="I23" s="183"/>
+      <c r="J23" s="184"/>
+      <c r="K23" s="185"/>
+      <c r="L23" s="112"/>
+      <c r="M23" s="112"/>
+      <c r="N23" s="136" t="s">
+        <v>35</v>
+      </c>
+      <c r="O23" s="136"/>
+      <c r="P23" s="162"/>
+      <c r="Q23" s="99"/>
+      <c r="R23" s="99"/>
+      <c r="S23" s="136" t="s">
+        <v>35</v>
+      </c>
+      <c r="T23" s="136"/>
+      <c r="U23" s="90"/>
+      <c r="V23" s="107"/>
+      <c r="W23" s="107"/>
+      <c r="X23" s="178"/>
+      <c r="Y23" s="89"/>
+      <c r="Z23" s="163"/>
+      <c r="AA23" s="186"/>
+      <c r="AB23" s="187"/>
+      <c r="AC23" s="188"/>
+      <c r="AD23" s="73"/>
+      <c r="AE23" s="167"/>
+      <c r="AF23" s="112"/>
+      <c r="AG23" s="112"/>
+      <c r="AH23" s="112"/>
+      <c r="AI23" s="112"/>
+      <c r="AJ23" s="86"/>
+    </row>
+    <row r="24" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="134" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="99"/>
+      <c r="C24" s="99"/>
+      <c r="D24" s="153"/>
+      <c r="E24" s="189"/>
+      <c r="F24" s="78"/>
+      <c r="G24" s="104"/>
+      <c r="H24" s="89"/>
+      <c r="I24" s="88"/>
+      <c r="J24" s="89"/>
+      <c r="K24" s="83"/>
+      <c r="L24" s="112"/>
+      <c r="M24" s="106"/>
+      <c r="N24" s="136"/>
+      <c r="O24" s="136"/>
+      <c r="P24" s="162"/>
+      <c r="Q24" s="99"/>
+      <c r="R24" s="99"/>
+      <c r="S24" s="136"/>
+      <c r="T24" s="136"/>
+      <c r="U24" s="90"/>
+      <c r="V24" s="107"/>
+      <c r="W24" s="107"/>
+      <c r="X24" s="178"/>
+      <c r="Y24" s="89"/>
+      <c r="Z24" s="163"/>
+      <c r="AA24" s="173" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB24" s="174"/>
+      <c r="AC24" s="175"/>
+      <c r="AD24" s="166" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE24" s="167"/>
+      <c r="AF24" s="112"/>
+      <c r="AG24" s="112"/>
+      <c r="AH24" s="112"/>
+      <c r="AI24" s="112"/>
+      <c r="AJ24" s="86"/>
+    </row>
+    <row r="25" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="134" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="97" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="68"/>
-[...10 lines deleted...]
-      <c r="L15" s="280" t="s">
+      <c r="C25" s="99"/>
+      <c r="D25" s="153"/>
+      <c r="E25" s="153"/>
+      <c r="F25" s="78"/>
+      <c r="G25" s="104"/>
+      <c r="H25" s="89"/>
+      <c r="I25" s="88"/>
+      <c r="J25" s="89"/>
+      <c r="K25" s="83"/>
+      <c r="L25" s="190" t="s">
         <v>23</v>
       </c>
-      <c r="M15" s="82"/>
-[...25 lines deleted...]
-      <c r="A16" s="88" t="s">
+      <c r="M25" s="99"/>
+      <c r="N25" s="136"/>
+      <c r="O25" s="136"/>
+      <c r="P25" s="162"/>
+      <c r="Q25" s="88"/>
+      <c r="R25" s="88"/>
+      <c r="S25" s="136"/>
+      <c r="T25" s="136"/>
+      <c r="U25" s="90"/>
+      <c r="V25" s="88"/>
+      <c r="W25" s="88"/>
+      <c r="X25" s="178"/>
+      <c r="Y25" s="94"/>
+      <c r="Z25" s="163"/>
+      <c r="AA25" s="179"/>
+      <c r="AB25" s="180"/>
+      <c r="AC25" s="181"/>
+      <c r="AD25" s="176"/>
+      <c r="AE25" s="191"/>
+      <c r="AF25" s="112"/>
+      <c r="AG25" s="112"/>
+      <c r="AH25" s="112"/>
+      <c r="AI25" s="112"/>
+      <c r="AJ25" s="86"/>
+      <c r="AO25" s="192"/>
+    </row>
+    <row r="26" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="134" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" s="103"/>
+      <c r="C26" s="88"/>
+      <c r="D26" s="153"/>
+      <c r="E26" s="153"/>
+      <c r="F26" s="78"/>
+      <c r="G26" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="H26" s="113"/>
+      <c r="I26" s="88"/>
+      <c r="J26" s="89"/>
+      <c r="K26" s="83"/>
+      <c r="L26" s="193"/>
+      <c r="M26" s="112"/>
+      <c r="N26" s="136"/>
+      <c r="O26" s="136"/>
+      <c r="P26" s="162"/>
+      <c r="Q26" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="R26" s="113"/>
+      <c r="S26" s="194"/>
+      <c r="T26" s="136"/>
+      <c r="U26" s="90"/>
+      <c r="V26" s="95"/>
+      <c r="W26" s="95"/>
+      <c r="X26" s="195"/>
+      <c r="Y26" s="94"/>
+      <c r="Z26" s="163"/>
+      <c r="AA26" s="186"/>
+      <c r="AB26" s="187"/>
+      <c r="AC26" s="188"/>
+      <c r="AD26" s="182"/>
+      <c r="AE26" s="191"/>
+      <c r="AF26" s="112"/>
+      <c r="AG26" s="112"/>
+      <c r="AH26" s="112"/>
+      <c r="AI26" s="112"/>
+      <c r="AJ26" s="86"/>
+    </row>
+    <row r="27" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="134" t="s">
+        <v>52</v>
+      </c>
+      <c r="B27" s="103"/>
+      <c r="C27" s="99"/>
+      <c r="D27" s="153"/>
+      <c r="E27" s="153"/>
+      <c r="F27" s="78"/>
+      <c r="G27" s="113"/>
+      <c r="H27" s="113"/>
+      <c r="I27" s="88"/>
+      <c r="J27" s="89"/>
+      <c r="K27" s="83"/>
+      <c r="L27" s="193"/>
+      <c r="M27" s="88"/>
+      <c r="N27" s="196" t="s">
+        <v>53</v>
+      </c>
+      <c r="O27" s="197"/>
+      <c r="P27" s="162"/>
+      <c r="Q27" s="113"/>
+      <c r="R27" s="113"/>
+      <c r="S27" s="104"/>
+      <c r="T27" s="89"/>
+      <c r="U27" s="90"/>
+      <c r="V27" s="88"/>
+      <c r="W27" s="81"/>
+      <c r="X27" s="198"/>
+      <c r="Y27" s="199"/>
+      <c r="Z27" s="163"/>
+      <c r="AA27" s="200" t="s">
+        <v>39</v>
+      </c>
+      <c r="AB27" s="73"/>
+      <c r="AC27" s="73"/>
+      <c r="AD27" s="73"/>
+      <c r="AE27" s="201"/>
+      <c r="AF27" s="131"/>
+      <c r="AG27" s="112"/>
+      <c r="AH27" s="88"/>
+      <c r="AI27" s="89"/>
+      <c r="AJ27" s="86"/>
+    </row>
+    <row r="28" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="134" t="s">
+        <v>54</v>
+      </c>
+      <c r="B28" s="119"/>
+      <c r="C28" s="99"/>
+      <c r="D28" s="104"/>
+      <c r="E28" s="89"/>
+      <c r="F28" s="78"/>
+      <c r="G28" s="113"/>
+      <c r="H28" s="113"/>
+      <c r="I28" s="104"/>
+      <c r="J28" s="89"/>
+      <c r="K28" s="83"/>
+      <c r="L28" s="202"/>
+      <c r="M28" s="99"/>
+      <c r="N28" s="203"/>
+      <c r="O28" s="204"/>
+      <c r="P28" s="162"/>
+      <c r="Q28" s="113"/>
+      <c r="R28" s="113"/>
+      <c r="S28" s="104"/>
+      <c r="T28" s="89"/>
+      <c r="U28" s="90"/>
+      <c r="V28" s="88"/>
+      <c r="W28" s="81"/>
+      <c r="X28" s="88"/>
+      <c r="Y28" s="199"/>
+      <c r="Z28" s="163"/>
+      <c r="AA28" s="205"/>
+      <c r="AB28" s="73"/>
+      <c r="AC28" s="73"/>
+      <c r="AD28" s="73"/>
+      <c r="AE28" s="124" t="s">
         <v>31</v>
       </c>
-      <c r="B16" s="256"/>
-[...72 lines deleted...]
-      <c r="AA17" s="311" t="s">
+      <c r="AF28" s="131"/>
+      <c r="AG28" s="112"/>
+      <c r="AH28" s="88"/>
+      <c r="AI28" s="89"/>
+      <c r="AJ28" s="86"/>
+      <c r="AL28" s="206"/>
+      <c r="AM28" s="206"/>
+      <c r="AN28" s="206"/>
+      <c r="AO28" s="206"/>
+      <c r="AP28" s="206"/>
+      <c r="AQ28" s="206"/>
+      <c r="AR28" s="206"/>
+    </row>
+    <row r="29" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="134" t="s">
+        <v>55</v>
+      </c>
+      <c r="B29" s="99"/>
+      <c r="C29" s="99"/>
+      <c r="D29" s="104"/>
+      <c r="E29" s="89"/>
+      <c r="F29" s="78"/>
+      <c r="G29" s="104"/>
+      <c r="H29" s="88"/>
+      <c r="I29" s="104"/>
+      <c r="J29" s="89"/>
+      <c r="K29" s="83"/>
+      <c r="L29" s="99"/>
+      <c r="M29" s="99"/>
+      <c r="N29" s="207"/>
+      <c r="O29" s="208"/>
+      <c r="P29" s="162"/>
+      <c r="Q29" s="89"/>
+      <c r="R29" s="88"/>
+      <c r="S29" s="104"/>
+      <c r="T29" s="89"/>
+      <c r="U29" s="90"/>
+      <c r="V29" s="178"/>
+      <c r="W29" s="89"/>
+      <c r="X29" s="88"/>
+      <c r="Y29" s="199"/>
+      <c r="Z29" s="163"/>
+      <c r="AA29" s="209"/>
+      <c r="AB29" s="88"/>
+      <c r="AC29" s="88"/>
+      <c r="AD29" s="89"/>
+      <c r="AE29" s="128"/>
+      <c r="AF29" s="131"/>
+      <c r="AG29" s="112"/>
+      <c r="AH29" s="88"/>
+      <c r="AI29" s="89"/>
+      <c r="AJ29" s="86"/>
+      <c r="AM29" s="168"/>
+      <c r="AP29" s="192"/>
+    </row>
+    <row r="30" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="56" t="s">
+        <v>56</v>
+      </c>
+      <c r="B30" s="104"/>
+      <c r="C30" s="88"/>
+      <c r="D30" s="104"/>
+      <c r="E30" s="89"/>
+      <c r="F30" s="78"/>
+      <c r="G30" s="131"/>
+      <c r="H30" s="112"/>
+      <c r="I30" s="104"/>
+      <c r="J30" s="89"/>
+      <c r="K30" s="83"/>
+      <c r="L30" s="99"/>
+      <c r="M30" s="99"/>
+      <c r="N30" s="196" t="s">
+        <v>53</v>
+      </c>
+      <c r="O30" s="197"/>
+      <c r="P30" s="162"/>
+      <c r="Q30" s="89"/>
+      <c r="R30" s="89"/>
+      <c r="S30" s="89"/>
+      <c r="T30" s="89"/>
+      <c r="U30" s="90"/>
+      <c r="V30" s="178"/>
+      <c r="W30" s="89"/>
+      <c r="X30" s="210"/>
+      <c r="Y30" s="199"/>
+      <c r="Z30" s="163"/>
+      <c r="AA30" s="211" t="s">
+        <v>39</v>
+      </c>
+      <c r="AB30" s="212"/>
+      <c r="AC30" s="213"/>
+      <c r="AD30" s="89"/>
+      <c r="AE30" s="133"/>
+      <c r="AF30" s="214"/>
+      <c r="AG30" s="214"/>
+      <c r="AH30" s="214"/>
+      <c r="AI30" s="214"/>
+      <c r="AJ30" s="86"/>
+      <c r="AN30" s="168"/>
+    </row>
+    <row r="31" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="215" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="89"/>
+      <c r="C31" s="89"/>
+      <c r="D31" s="89"/>
+      <c r="E31" s="89"/>
+      <c r="F31" s="78"/>
+      <c r="G31" s="131"/>
+      <c r="H31" s="112"/>
+      <c r="I31" s="89"/>
+      <c r="J31" s="89"/>
+      <c r="K31" s="83"/>
+      <c r="L31" s="88"/>
+      <c r="M31" s="88"/>
+      <c r="N31" s="203"/>
+      <c r="O31" s="204"/>
+      <c r="P31" s="162"/>
+      <c r="Q31" s="89"/>
+      <c r="R31" s="89"/>
+      <c r="S31" s="88"/>
+      <c r="T31" s="89"/>
+      <c r="U31" s="90"/>
+      <c r="V31" s="178"/>
+      <c r="W31" s="89"/>
+      <c r="X31" s="88"/>
+      <c r="Y31" s="199"/>
+      <c r="Z31" s="163"/>
+      <c r="AA31" s="216"/>
+      <c r="AB31" s="217"/>
+      <c r="AC31" s="218"/>
+      <c r="AD31" s="89"/>
+      <c r="AE31" s="74"/>
+      <c r="AF31" s="214"/>
+      <c r="AG31" s="214"/>
+      <c r="AH31" s="214"/>
+      <c r="AI31" s="214"/>
+      <c r="AJ31" s="86"/>
+      <c r="AO31" s="125"/>
+    </row>
+    <row r="32" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="56" t="s">
+        <v>58</v>
+      </c>
+      <c r="B32" s="99"/>
+      <c r="C32" s="99"/>
+      <c r="D32" s="99"/>
+      <c r="E32" s="99"/>
+      <c r="F32" s="78"/>
+      <c r="G32" s="99"/>
+      <c r="H32" s="99"/>
+      <c r="I32" s="99"/>
+      <c r="J32" s="99"/>
+      <c r="K32" s="83"/>
+      <c r="L32" s="88"/>
+      <c r="M32" s="89"/>
+      <c r="N32" s="207"/>
+      <c r="O32" s="208"/>
+      <c r="P32" s="162"/>
+      <c r="Q32" s="99"/>
+      <c r="R32" s="99"/>
+      <c r="S32" s="178"/>
+      <c r="T32" s="94"/>
+      <c r="U32" s="90"/>
+      <c r="V32" s="178"/>
+      <c r="W32" s="94"/>
+      <c r="X32" s="88"/>
+      <c r="Y32" s="199"/>
+      <c r="Z32" s="163"/>
+      <c r="AA32" s="219"/>
+      <c r="AB32" s="220"/>
+      <c r="AC32" s="221"/>
+      <c r="AD32" s="89"/>
+      <c r="AE32" s="96"/>
+      <c r="AF32" s="214"/>
+      <c r="AG32" s="214"/>
+      <c r="AH32" s="214"/>
+      <c r="AI32" s="214"/>
+      <c r="AJ32" s="86"/>
+    </row>
+    <row r="33" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="B33" s="99"/>
+      <c r="C33" s="99"/>
+      <c r="D33" s="136" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="136"/>
+      <c r="F33" s="222"/>
+      <c r="G33" s="99"/>
+      <c r="H33" s="99"/>
+      <c r="I33" s="223" t="s">
+        <v>60</v>
+      </c>
+      <c r="J33" s="224"/>
+      <c r="K33" s="83"/>
+      <c r="L33" s="88"/>
+      <c r="M33" s="89"/>
+      <c r="N33" s="88"/>
+      <c r="O33" s="89"/>
+      <c r="P33" s="225"/>
+      <c r="Q33" s="99"/>
+      <c r="R33" s="99"/>
+      <c r="S33" s="107"/>
+      <c r="T33" s="107"/>
+      <c r="U33" s="90"/>
+      <c r="V33" s="172"/>
+      <c r="W33" s="172"/>
+      <c r="X33" s="210"/>
+      <c r="Y33" s="199"/>
+      <c r="Z33" s="163"/>
+      <c r="AA33" s="211" t="s">
+        <v>39</v>
+      </c>
+      <c r="AB33" s="212"/>
+      <c r="AC33" s="213"/>
+      <c r="AD33" s="89"/>
+      <c r="AE33" s="96"/>
+      <c r="AF33" s="214"/>
+      <c r="AG33" s="214"/>
+      <c r="AH33" s="214"/>
+      <c r="AI33" s="214"/>
+      <c r="AJ33" s="86"/>
+    </row>
+    <row r="34" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="56" t="s">
+        <v>61</v>
+      </c>
+      <c r="B34" s="104"/>
+      <c r="C34" s="88"/>
+      <c r="D34" s="136"/>
+      <c r="E34" s="136"/>
+      <c r="F34" s="226" t="s">
+        <v>62</v>
+      </c>
+      <c r="G34" s="99"/>
+      <c r="H34" s="99"/>
+      <c r="I34" s="227"/>
+      <c r="J34" s="228"/>
+      <c r="K34" s="83"/>
+      <c r="L34" s="99"/>
+      <c r="M34" s="99"/>
+      <c r="N34" s="99"/>
+      <c r="O34" s="99"/>
+      <c r="P34" s="226" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q34" s="99"/>
+      <c r="R34" s="99"/>
+      <c r="S34" s="107"/>
+      <c r="T34" s="107"/>
+      <c r="U34" s="90"/>
+      <c r="V34" s="88"/>
+      <c r="W34" s="88"/>
+      <c r="X34" s="107"/>
+      <c r="Y34" s="89"/>
+      <c r="Z34" s="163"/>
+      <c r="AA34" s="216"/>
+      <c r="AB34" s="217"/>
+      <c r="AC34" s="218"/>
+      <c r="AD34" s="89"/>
+      <c r="AE34" s="96"/>
+      <c r="AF34" s="214"/>
+      <c r="AG34" s="214"/>
+      <c r="AH34" s="214"/>
+      <c r="AI34" s="214"/>
+      <c r="AJ34" s="86"/>
+      <c r="AP34" s="192"/>
+    </row>
+    <row r="35" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="56" t="s">
+        <v>63</v>
+      </c>
+      <c r="B35" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="C35" s="229"/>
+      <c r="D35" s="136"/>
+      <c r="E35" s="136"/>
+      <c r="F35" s="230"/>
+      <c r="G35" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="H35" s="229"/>
+      <c r="I35" s="231"/>
+      <c r="J35" s="232"/>
+      <c r="K35" s="83"/>
+      <c r="L35" s="99"/>
+      <c r="M35" s="99"/>
+      <c r="N35" s="99"/>
+      <c r="O35" s="99"/>
+      <c r="P35" s="230"/>
+      <c r="Q35" s="88"/>
+      <c r="R35" s="88"/>
+      <c r="S35" s="88"/>
+      <c r="T35" s="88"/>
+      <c r="U35" s="233"/>
+      <c r="V35" s="88"/>
+      <c r="W35" s="88"/>
+      <c r="X35" s="107"/>
+      <c r="Y35" s="234"/>
+      <c r="Z35" s="163"/>
+      <c r="AA35" s="219"/>
+      <c r="AB35" s="220"/>
+      <c r="AC35" s="221"/>
+      <c r="AD35" s="89"/>
+      <c r="AE35" s="96"/>
+      <c r="AF35" s="214"/>
+      <c r="AG35" s="214"/>
+      <c r="AH35" s="214"/>
+      <c r="AI35" s="214"/>
+      <c r="AJ35" s="86"/>
+    </row>
+    <row r="36" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="56" t="s">
+        <v>65</v>
+      </c>
+      <c r="B36" s="229"/>
+      <c r="C36" s="229"/>
+      <c r="D36" s="136"/>
+      <c r="E36" s="136"/>
+      <c r="F36" s="226" t="s">
+        <v>62</v>
+      </c>
+      <c r="G36" s="229"/>
+      <c r="H36" s="229"/>
+      <c r="I36" s="104"/>
+      <c r="J36" s="89"/>
+      <c r="K36" s="83"/>
+      <c r="L36" s="88"/>
+      <c r="M36" s="88"/>
+      <c r="N36" s="88"/>
+      <c r="O36" s="88"/>
+      <c r="P36" s="226" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q36" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="R36" s="229"/>
+      <c r="S36" s="235"/>
+      <c r="T36" s="236"/>
+      <c r="U36" s="237" t="s">
+        <v>62</v>
+      </c>
+      <c r="V36" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="W36" s="229"/>
+      <c r="X36" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y36" s="229"/>
+      <c r="Z36" s="163"/>
+      <c r="AA36" s="211" t="s">
+        <v>39</v>
+      </c>
+      <c r="AB36" s="212"/>
+      <c r="AC36" s="213"/>
+      <c r="AD36" s="89"/>
+      <c r="AE36" s="96"/>
+      <c r="AF36" s="214"/>
+      <c r="AG36" s="214"/>
+      <c r="AH36" s="214"/>
+      <c r="AI36" s="214"/>
+      <c r="AJ36" s="86"/>
+      <c r="AL36" s="238"/>
+      <c r="AM36" s="239"/>
+      <c r="AN36" s="238"/>
+      <c r="AO36" s="240"/>
+      <c r="AP36" s="238"/>
+    </row>
+    <row r="37" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="56" t="s">
+        <v>66</v>
+      </c>
+      <c r="B37" s="229"/>
+      <c r="C37" s="229"/>
+      <c r="D37" s="99"/>
+      <c r="E37" s="99"/>
+      <c r="F37" s="230"/>
+      <c r="G37" s="229"/>
+      <c r="H37" s="229"/>
+      <c r="I37" s="104"/>
+      <c r="J37" s="89"/>
+      <c r="K37" s="83"/>
+      <c r="L37" s="99"/>
+      <c r="M37" s="99"/>
+      <c r="N37" s="99"/>
+      <c r="O37" s="99"/>
+      <c r="P37" s="241"/>
+      <c r="Q37" s="229"/>
+      <c r="R37" s="229"/>
+      <c r="S37" s="223" t="s">
+        <v>60</v>
+      </c>
+      <c r="T37" s="224"/>
+      <c r="U37" s="241"/>
+      <c r="V37" s="229"/>
+      <c r="W37" s="229"/>
+      <c r="X37" s="229"/>
+      <c r="Y37" s="229"/>
+      <c r="Z37" s="163"/>
+      <c r="AA37" s="216"/>
+      <c r="AB37" s="217"/>
+      <c r="AC37" s="218"/>
+      <c r="AD37" s="89"/>
+      <c r="AE37" s="96"/>
+      <c r="AF37" s="214"/>
+      <c r="AG37" s="214"/>
+      <c r="AH37" s="214"/>
+      <c r="AI37" s="214"/>
+      <c r="AJ37" s="86"/>
+    </row>
+    <row r="38" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="56" t="s">
+        <v>67</v>
+      </c>
+      <c r="B38" s="229"/>
+      <c r="C38" s="229"/>
+      <c r="D38" s="99"/>
+      <c r="E38" s="99"/>
+      <c r="F38" s="242" t="s">
+        <v>62</v>
+      </c>
+      <c r="G38" s="229"/>
+      <c r="H38" s="229"/>
+      <c r="I38" s="104"/>
+      <c r="J38" s="89"/>
+      <c r="K38" s="83"/>
+      <c r="L38" s="99"/>
+      <c r="M38" s="99"/>
+      <c r="N38" s="99"/>
+      <c r="O38" s="99"/>
+      <c r="P38" s="243" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q38" s="229"/>
+      <c r="R38" s="229"/>
+      <c r="S38" s="227"/>
+      <c r="T38" s="228"/>
+      <c r="U38" s="243" t="s">
+        <v>62</v>
+      </c>
+      <c r="V38" s="229"/>
+      <c r="W38" s="229"/>
+      <c r="X38" s="229"/>
+      <c r="Y38" s="229"/>
+      <c r="Z38" s="163"/>
+      <c r="AA38" s="219"/>
+      <c r="AB38" s="220"/>
+      <c r="AC38" s="221"/>
+      <c r="AD38" s="89"/>
+      <c r="AE38" s="96"/>
+      <c r="AF38" s="214"/>
+      <c r="AG38" s="214"/>
+      <c r="AH38" s="214"/>
+      <c r="AI38" s="214"/>
+      <c r="AJ38" s="86"/>
+    </row>
+    <row r="39" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="56" t="s">
+        <v>68</v>
+      </c>
+      <c r="B39" s="229"/>
+      <c r="C39" s="229"/>
+      <c r="D39" s="99"/>
+      <c r="E39" s="99"/>
+      <c r="F39" s="230"/>
+      <c r="G39" s="229"/>
+      <c r="H39" s="229"/>
+      <c r="I39" s="89"/>
+      <c r="J39" s="89"/>
+      <c r="K39" s="244"/>
+      <c r="L39" s="88"/>
+      <c r="M39" s="88"/>
+      <c r="N39" s="88"/>
+      <c r="O39" s="88"/>
+      <c r="P39" s="241"/>
+      <c r="Q39" s="229"/>
+      <c r="R39" s="229"/>
+      <c r="S39" s="231"/>
+      <c r="T39" s="232"/>
+      <c r="U39" s="241"/>
+      <c r="V39" s="229"/>
+      <c r="W39" s="229"/>
+      <c r="X39" s="229"/>
+      <c r="Y39" s="229"/>
+      <c r="Z39" s="163"/>
+      <c r="AA39" s="211" t="s">
+        <v>39</v>
+      </c>
+      <c r="AB39" s="212"/>
+      <c r="AC39" s="213"/>
+      <c r="AD39" s="89"/>
+      <c r="AE39" s="96"/>
+      <c r="AF39" s="214"/>
+      <c r="AG39" s="214"/>
+      <c r="AH39" s="214"/>
+      <c r="AI39" s="214"/>
+      <c r="AJ39" s="86"/>
+      <c r="AN39" s="125"/>
+    </row>
+    <row r="40" spans="1:42" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="56" t="s">
+        <v>69</v>
+      </c>
+      <c r="B40" s="229"/>
+      <c r="C40" s="229"/>
+      <c r="D40" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="E40" s="113"/>
+      <c r="F40" s="245"/>
+      <c r="G40" s="229"/>
+      <c r="H40" s="229"/>
+      <c r="I40" s="99"/>
+      <c r="J40" s="99"/>
+      <c r="K40" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="M40" s="229"/>
+      <c r="N40" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" s="113"/>
+      <c r="P40" s="246"/>
+      <c r="Q40" s="229"/>
+      <c r="R40" s="229"/>
+      <c r="S40" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="T40" s="113"/>
+      <c r="U40" s="155"/>
+      <c r="V40" s="229"/>
+      <c r="W40" s="229"/>
+      <c r="X40" s="229"/>
+      <c r="Y40" s="229"/>
+      <c r="Z40" s="163"/>
+      <c r="AA40" s="216"/>
+      <c r="AB40" s="217"/>
+      <c r="AC40" s="218"/>
+      <c r="AD40" s="89"/>
+      <c r="AE40" s="96"/>
+      <c r="AF40" s="214"/>
+      <c r="AG40" s="214"/>
+      <c r="AH40" s="214"/>
+      <c r="AI40" s="214"/>
+      <c r="AJ40" s="86"/>
+    </row>
+    <row r="41" spans="1:42" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="56" t="s">
+        <v>70</v>
+      </c>
+      <c r="B41" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="C41" s="229"/>
+      <c r="D41" s="113"/>
+      <c r="E41" s="247"/>
+      <c r="F41" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="G41" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="H41" s="229"/>
+      <c r="I41" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="J41" s="229"/>
+      <c r="K41" s="140"/>
+      <c r="L41" s="229"/>
+      <c r="M41" s="229"/>
+      <c r="N41" s="113"/>
+      <c r="O41" s="247"/>
+      <c r="P41" s="246"/>
+      <c r="Q41" s="229"/>
+      <c r="R41" s="229"/>
+      <c r="S41" s="113"/>
+      <c r="T41" s="113"/>
+      <c r="U41" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="V41" s="229"/>
+      <c r="W41" s="229"/>
+      <c r="X41" s="229"/>
+      <c r="Y41" s="229"/>
+      <c r="Z41" s="161" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA41" s="219"/>
+      <c r="AB41" s="220"/>
+      <c r="AC41" s="221"/>
+      <c r="AD41" s="89"/>
+      <c r="AE41" s="96"/>
+      <c r="AF41" s="214"/>
+      <c r="AG41" s="214"/>
+      <c r="AH41" s="214"/>
+      <c r="AI41" s="214"/>
+      <c r="AJ41" s="86"/>
+      <c r="AM41" s="248"/>
+    </row>
+    <row r="42" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="56" t="s">
+        <v>71</v>
+      </c>
+      <c r="B42" s="229"/>
+      <c r="C42" s="229"/>
+      <c r="D42" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="E42" s="247"/>
+      <c r="F42" s="144"/>
+      <c r="G42" s="229"/>
+      <c r="H42" s="229"/>
+      <c r="I42" s="229"/>
+      <c r="J42" s="229"/>
+      <c r="K42" s="145"/>
+      <c r="L42" s="229"/>
+      <c r="M42" s="229"/>
+      <c r="N42" s="249" t="s">
         <v>23</v>
       </c>
-      <c r="AB17" s="74"/>
-[...28 lines deleted...]
-      <c r="Q18" s="212" t="s">
+      <c r="O42" s="250"/>
+      <c r="P42" s="246"/>
+      <c r="Q42" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="R42" s="229"/>
+      <c r="S42" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="T42" s="113"/>
+      <c r="U42" s="144"/>
+      <c r="V42" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="W42" s="229"/>
+      <c r="X42" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y42" s="229"/>
+      <c r="Z42" s="167"/>
+      <c r="AA42" s="104"/>
+      <c r="AB42" s="88"/>
+      <c r="AC42" s="251"/>
+      <c r="AD42" s="199"/>
+      <c r="AE42" s="96"/>
+      <c r="AF42" s="131"/>
+      <c r="AG42" s="112"/>
+      <c r="AH42" s="88"/>
+      <c r="AI42" s="89"/>
+      <c r="AJ42" s="86"/>
+    </row>
+    <row r="43" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="56" t="s">
+        <v>72</v>
+      </c>
+      <c r="B43" s="229"/>
+      <c r="C43" s="229"/>
+      <c r="D43" s="113"/>
+      <c r="E43" s="247"/>
+      <c r="F43" s="151"/>
+      <c r="G43" s="229"/>
+      <c r="H43" s="229"/>
+      <c r="I43" s="229"/>
+      <c r="J43" s="229"/>
+      <c r="K43" s="139" t="s">
+        <v>64</v>
+      </c>
+      <c r="L43" s="229"/>
+      <c r="M43" s="229"/>
+      <c r="N43" s="252"/>
+      <c r="O43" s="243" t="s">
+        <v>62</v>
+      </c>
+      <c r="P43" s="137" t="s">
         <v>36</v>
       </c>
-      <c r="R18" s="212"/>
-[...21 lines deleted...]
-      <c r="A19" s="88" t="s">
+      <c r="Q43" s="229"/>
+      <c r="R43" s="229"/>
+      <c r="S43" s="113"/>
+      <c r="T43" s="113"/>
+      <c r="U43" s="151"/>
+      <c r="V43" s="229"/>
+      <c r="W43" s="229"/>
+      <c r="X43" s="229"/>
+      <c r="Y43" s="229"/>
+      <c r="Z43" s="167"/>
+      <c r="AA43" s="104"/>
+      <c r="AB43" s="88"/>
+      <c r="AC43" s="253"/>
+      <c r="AD43" s="254"/>
+      <c r="AE43" s="96"/>
+      <c r="AF43" s="131"/>
+      <c r="AG43" s="112"/>
+      <c r="AH43" s="88"/>
+      <c r="AI43" s="89"/>
+      <c r="AJ43" s="86"/>
+    </row>
+    <row r="44" spans="1:42" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="56" t="s">
+        <v>73</v>
+      </c>
+      <c r="B44" s="229"/>
+      <c r="C44" s="229"/>
+      <c r="D44" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="E44" s="229"/>
+      <c r="F44" s="255" t="s">
+        <v>31</v>
+      </c>
+      <c r="G44" s="229"/>
+      <c r="H44" s="229"/>
+      <c r="I44" s="229"/>
+      <c r="J44" s="229"/>
+      <c r="K44" s="144"/>
+      <c r="L44" s="229"/>
+      <c r="M44" s="229"/>
+      <c r="N44" s="252"/>
+      <c r="O44" s="241"/>
+      <c r="P44" s="140"/>
+      <c r="Q44" s="229"/>
+      <c r="R44" s="229"/>
+      <c r="S44" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="T44" s="113"/>
+      <c r="U44" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="B19" s="230" t="s">
-[...163 lines deleted...]
-      <c r="A23" s="88" t="s">
+      <c r="V44" s="229"/>
+      <c r="W44" s="229"/>
+      <c r="X44" s="229"/>
+      <c r="Y44" s="229"/>
+      <c r="Z44" s="256" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA44" s="104"/>
+      <c r="AB44" s="88"/>
+      <c r="AC44" s="81"/>
+      <c r="AD44" s="199"/>
+      <c r="AE44" s="96"/>
+      <c r="AF44" s="131"/>
+      <c r="AG44" s="112"/>
+      <c r="AH44" s="88"/>
+      <c r="AI44" s="89"/>
+      <c r="AJ44" s="86"/>
+      <c r="AM44" s="257"/>
+    </row>
+    <row r="45" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="56" t="s">
+        <v>74</v>
+      </c>
+      <c r="B45" s="229"/>
+      <c r="C45" s="229"/>
+      <c r="D45" s="229"/>
+      <c r="E45" s="229"/>
+      <c r="F45" s="255"/>
+      <c r="G45" s="229"/>
+      <c r="H45" s="229"/>
+      <c r="I45" s="229"/>
+      <c r="J45" s="229"/>
+      <c r="K45" s="151"/>
+      <c r="L45" s="229"/>
+      <c r="M45" s="229"/>
+      <c r="N45" s="258"/>
+      <c r="O45" s="258"/>
+      <c r="P45" s="145"/>
+      <c r="Q45" s="229"/>
+      <c r="R45" s="229"/>
+      <c r="S45" s="113"/>
+      <c r="T45" s="113"/>
+      <c r="U45" s="144"/>
+      <c r="V45" s="229"/>
+      <c r="W45" s="229"/>
+      <c r="X45" s="229"/>
+      <c r="Y45" s="229"/>
+      <c r="Z45" s="256"/>
+      <c r="AA45" s="104"/>
+      <c r="AB45" s="88"/>
+      <c r="AC45" s="81"/>
+      <c r="AD45" s="199"/>
+      <c r="AE45" s="96"/>
+      <c r="AF45" s="131"/>
+      <c r="AG45" s="112"/>
+      <c r="AH45" s="88"/>
+      <c r="AI45" s="89"/>
+      <c r="AJ45" s="86"/>
+    </row>
+    <row r="46" spans="1:42" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="56" t="s">
+        <v>75</v>
+      </c>
+      <c r="B46" s="229"/>
+      <c r="C46" s="229"/>
+      <c r="D46" s="229"/>
+      <c r="E46" s="229"/>
+      <c r="F46" s="255"/>
+      <c r="G46" s="229"/>
+      <c r="H46" s="229"/>
+      <c r="I46" s="229"/>
+      <c r="J46" s="229"/>
+      <c r="K46" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="L46" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="M46" s="229"/>
+      <c r="N46" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="O46" s="229"/>
+      <c r="P46" s="259" t="s">
         <v>43</v>
       </c>
-      <c r="B23" s="68"/>
-[...670 lines deleted...]
-      <c r="A38" s="34" t="s">
+      <c r="Q46" s="229"/>
+      <c r="R46" s="229"/>
+      <c r="S46" s="113"/>
+      <c r="T46" s="113"/>
+      <c r="U46" s="151"/>
+      <c r="V46" s="229"/>
+      <c r="W46" s="229"/>
+      <c r="X46" s="229"/>
+      <c r="Y46" s="229"/>
+      <c r="Z46" s="256"/>
+      <c r="AA46" s="104"/>
+      <c r="AB46" s="88"/>
+      <c r="AC46" s="81"/>
+      <c r="AD46" s="199"/>
+      <c r="AE46" s="96"/>
+      <c r="AF46" s="131"/>
+      <c r="AG46" s="112"/>
+      <c r="AH46" s="88"/>
+      <c r="AI46" s="89"/>
+      <c r="AJ46" s="86"/>
+    </row>
+    <row r="47" spans="1:42" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="56" t="s">
+        <v>76</v>
+      </c>
+      <c r="B47" s="229" t="s">
         <v>64</v>
       </c>
-      <c r="B38" s="199"/>
-[...436 lines deleted...]
-      <c r="F47" s="211" t="s">
+      <c r="C47" s="229"/>
+      <c r="D47" s="229"/>
+      <c r="E47" s="229"/>
+      <c r="F47" s="260" t="s">
         <v>77</v>
       </c>
-      <c r="G47" s="199" t="s">
-[...36 lines deleted...]
-      <c r="AJ47" s="61"/>
+      <c r="G47" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="H47" s="229"/>
+      <c r="I47" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="J47" s="229"/>
+      <c r="K47" s="144"/>
+      <c r="L47" s="229"/>
+      <c r="M47" s="229"/>
+      <c r="N47" s="229"/>
+      <c r="O47" s="229"/>
+      <c r="P47" s="167"/>
+      <c r="Q47" s="229"/>
+      <c r="R47" s="229"/>
+      <c r="S47" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="T47" s="229"/>
+      <c r="U47" s="259" t="s">
+        <v>43</v>
+      </c>
+      <c r="V47" s="229"/>
+      <c r="W47" s="229"/>
+      <c r="X47" s="229"/>
+      <c r="Y47" s="229"/>
+      <c r="Z47" s="261"/>
+      <c r="AA47" s="104"/>
+      <c r="AB47" s="88"/>
+      <c r="AC47" s="81"/>
+      <c r="AD47" s="199"/>
+      <c r="AE47" s="96"/>
+      <c r="AF47" s="131"/>
+      <c r="AG47" s="112"/>
+      <c r="AH47" s="88"/>
+      <c r="AI47" s="89"/>
+      <c r="AJ47" s="86"/>
     </row>
     <row r="48" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="34" t="s">
+      <c r="A48" s="56" t="s">
         <v>78</v>
       </c>
-      <c r="B48" s="199"/>
-[...29 lines deleted...]
-      <c r="Z48" s="209" t="s">
+      <c r="B48" s="229"/>
+      <c r="C48" s="229"/>
+      <c r="D48" s="229"/>
+      <c r="E48" s="229"/>
+      <c r="F48" s="262"/>
+      <c r="G48" s="229"/>
+      <c r="H48" s="229"/>
+      <c r="I48" s="229"/>
+      <c r="J48" s="229"/>
+      <c r="K48" s="151"/>
+      <c r="L48" s="229"/>
+      <c r="M48" s="229"/>
+      <c r="N48" s="229"/>
+      <c r="O48" s="229"/>
+      <c r="P48" s="167"/>
+      <c r="Q48" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="R48" s="229"/>
+      <c r="S48" s="229"/>
+      <c r="T48" s="229"/>
+      <c r="U48" s="167"/>
+      <c r="V48" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="W48" s="229"/>
+      <c r="X48" s="263" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y48" s="264"/>
+      <c r="Z48" s="262" t="s">
         <v>77</v>
       </c>
-      <c r="AA48" s="86"/>
-[...8 lines deleted...]
-      <c r="AJ48" s="61"/>
+      <c r="AA48" s="104"/>
+      <c r="AB48" s="88"/>
+      <c r="AC48" s="81"/>
+      <c r="AD48" s="199"/>
+      <c r="AE48" s="96"/>
+      <c r="AF48" s="131"/>
+      <c r="AG48" s="112"/>
+      <c r="AH48" s="88"/>
+      <c r="AI48" s="89"/>
+      <c r="AJ48" s="86"/>
     </row>
     <row r="49" spans="1:36" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="34" t="s">
+      <c r="A49" s="56" t="s">
         <v>79</v>
       </c>
-      <c r="B49" s="199"/>
-[...37 lines deleted...]
-      <c r="AJ49" s="61"/>
+      <c r="B49" s="229"/>
+      <c r="C49" s="229"/>
+      <c r="D49" s="229"/>
+      <c r="E49" s="229"/>
+      <c r="F49" s="262"/>
+      <c r="G49" s="229"/>
+      <c r="H49" s="229"/>
+      <c r="I49" s="229"/>
+      <c r="J49" s="229"/>
+      <c r="K49" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="L49" s="229"/>
+      <c r="M49" s="229"/>
+      <c r="N49" s="229"/>
+      <c r="O49" s="229"/>
+      <c r="P49" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q49" s="229"/>
+      <c r="R49" s="229"/>
+      <c r="S49" s="229"/>
+      <c r="T49" s="229"/>
+      <c r="U49" s="167"/>
+      <c r="V49" s="229"/>
+      <c r="W49" s="229"/>
+      <c r="X49" s="265"/>
+      <c r="Y49" s="266"/>
+      <c r="Z49" s="262"/>
+      <c r="AA49" s="104"/>
+      <c r="AB49" s="88"/>
+      <c r="AC49" s="81"/>
+      <c r="AD49" s="199"/>
+      <c r="AE49" s="96"/>
+      <c r="AF49" s="131"/>
+      <c r="AG49" s="112"/>
+      <c r="AH49" s="88"/>
+      <c r="AI49" s="89"/>
+      <c r="AJ49" s="86"/>
     </row>
     <row r="50" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="34" t="s">
+      <c r="A50" s="56" t="s">
         <v>80</v>
       </c>
-      <c r="B50" s="199"/>
-[...24 lines deleted...]
-      <c r="U50" s="211" t="s">
+      <c r="B50" s="229"/>
+      <c r="C50" s="229"/>
+      <c r="D50" s="255" t="s">
+        <v>31</v>
+      </c>
+      <c r="E50" s="259" t="s">
+        <v>43</v>
+      </c>
+      <c r="F50" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="G50" s="229"/>
+      <c r="H50" s="229"/>
+      <c r="I50" s="229"/>
+      <c r="J50" s="229"/>
+      <c r="K50" s="144"/>
+      <c r="L50" s="229"/>
+      <c r="M50" s="229"/>
+      <c r="N50" s="229"/>
+      <c r="O50" s="229"/>
+      <c r="P50" s="144"/>
+      <c r="Q50" s="229"/>
+      <c r="R50" s="229"/>
+      <c r="S50" s="229"/>
+      <c r="T50" s="229"/>
+      <c r="U50" s="260" t="s">
         <v>77</v>
       </c>
-      <c r="V50" s="199"/>
-[...15 lines deleted...]
-      <c r="AJ50" s="61"/>
+      <c r="V50" s="229"/>
+      <c r="W50" s="229"/>
+      <c r="X50" s="265"/>
+      <c r="Y50" s="266"/>
+      <c r="Z50" s="262"/>
+      <c r="AA50" s="104"/>
+      <c r="AB50" s="88"/>
+      <c r="AC50" s="81"/>
+      <c r="AD50" s="199"/>
+      <c r="AE50" s="96"/>
+      <c r="AF50" s="131"/>
+      <c r="AG50" s="112"/>
+      <c r="AH50" s="88"/>
+      <c r="AI50" s="89"/>
+      <c r="AJ50" s="86"/>
     </row>
     <row r="51" spans="1:36" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="34" t="s">
+      <c r="A51" s="56" t="s">
         <v>81</v>
       </c>
-      <c r="B51" s="199"/>
-[...25 lines deleted...]
-      <c r="Z51" s="195" t="s">
+      <c r="B51" s="229"/>
+      <c r="C51" s="229"/>
+      <c r="D51" s="255"/>
+      <c r="E51" s="167"/>
+      <c r="F51" s="144"/>
+      <c r="G51" s="229"/>
+      <c r="H51" s="229"/>
+      <c r="I51" s="229"/>
+      <c r="J51" s="229"/>
+      <c r="K51" s="151"/>
+      <c r="L51" s="229"/>
+      <c r="M51" s="229"/>
+      <c r="N51" s="229"/>
+      <c r="O51" s="229"/>
+      <c r="P51" s="151"/>
+      <c r="Q51" s="229"/>
+      <c r="R51" s="229"/>
+      <c r="S51" s="229"/>
+      <c r="T51" s="229"/>
+      <c r="U51" s="262"/>
+      <c r="V51" s="229"/>
+      <c r="W51" s="229"/>
+      <c r="X51" s="263" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y51" s="264"/>
+      <c r="Z51" s="267" t="s">
         <v>82</v>
       </c>
-      <c r="AA51" s="86"/>
-[...8 lines deleted...]
-      <c r="AJ51" s="61"/>
+      <c r="AA51" s="268"/>
+      <c r="AB51" s="269"/>
+      <c r="AC51" s="269"/>
+      <c r="AD51" s="270"/>
+      <c r="AE51" s="96"/>
+      <c r="AF51" s="131"/>
+      <c r="AG51" s="112"/>
+      <c r="AH51" s="88"/>
+      <c r="AI51" s="89"/>
+      <c r="AJ51" s="86"/>
     </row>
     <row r="52" spans="1:36" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="34" t="s">
+      <c r="A52" s="56" t="s">
         <v>83</v>
       </c>
-      <c r="B52" s="199"/>
-[...41 lines deleted...]
-      <c r="AJ52" s="61"/>
+      <c r="B52" s="229"/>
+      <c r="C52" s="229"/>
+      <c r="D52" s="255"/>
+      <c r="E52" s="167"/>
+      <c r="F52" s="151"/>
+      <c r="G52" s="229"/>
+      <c r="H52" s="229"/>
+      <c r="I52" s="229"/>
+      <c r="J52" s="229"/>
+      <c r="K52" s="259" t="s">
+        <v>43</v>
+      </c>
+      <c r="L52" s="229" t="s">
+        <v>64</v>
+      </c>
+      <c r="M52" s="229"/>
+      <c r="N52" s="263" t="s">
+        <v>43</v>
+      </c>
+      <c r="O52" s="264"/>
+      <c r="P52" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q52" s="229"/>
+      <c r="R52" s="229"/>
+      <c r="S52" s="229"/>
+      <c r="T52" s="229"/>
+      <c r="U52" s="262"/>
+      <c r="V52" s="229"/>
+      <c r="W52" s="229"/>
+      <c r="X52" s="265"/>
+      <c r="Y52" s="266"/>
+      <c r="Z52" s="271"/>
+      <c r="AA52" s="272"/>
+      <c r="AB52" s="273"/>
+      <c r="AC52" s="269"/>
+      <c r="AD52" s="270"/>
+      <c r="AE52" s="96"/>
+      <c r="AF52" s="131"/>
+      <c r="AG52" s="112"/>
+      <c r="AH52" s="88"/>
+      <c r="AI52" s="89"/>
+      <c r="AJ52" s="86"/>
     </row>
     <row r="53" spans="1:36" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="34" t="s">
+      <c r="A53" s="56" t="s">
         <v>84</v>
       </c>
-      <c r="B53" s="200" t="s">
-[...4 lines deleted...]
-      <c r="E53" s="209" t="s">
+      <c r="B53" s="173" t="s">
+        <v>43</v>
+      </c>
+      <c r="C53" s="174"/>
+      <c r="D53" s="175"/>
+      <c r="E53" s="262" t="s">
         <v>77</v>
       </c>
-      <c r="F53" s="119"/>
-[...31 lines deleted...]
-      <c r="AJ53" s="61"/>
+      <c r="F53" s="245"/>
+      <c r="G53" s="274"/>
+      <c r="H53" s="275"/>
+      <c r="I53" s="88"/>
+      <c r="J53" s="88"/>
+      <c r="K53" s="167"/>
+      <c r="L53" s="229"/>
+      <c r="M53" s="229"/>
+      <c r="N53" s="265"/>
+      <c r="O53" s="266"/>
+      <c r="P53" s="144"/>
+      <c r="Q53" s="229"/>
+      <c r="R53" s="229"/>
+      <c r="S53" s="88"/>
+      <c r="T53" s="88"/>
+      <c r="U53" s="162"/>
+      <c r="V53" s="229"/>
+      <c r="W53" s="229"/>
+      <c r="X53" s="265"/>
+      <c r="Y53" s="266"/>
+      <c r="Z53" s="276"/>
+      <c r="AA53" s="277"/>
+      <c r="AB53" s="273"/>
+      <c r="AC53" s="269"/>
+      <c r="AD53" s="270"/>
+      <c r="AE53" s="96"/>
+      <c r="AF53" s="131"/>
+      <c r="AG53" s="112"/>
+      <c r="AH53" s="88"/>
+      <c r="AI53" s="89"/>
+      <c r="AJ53" s="86"/>
     </row>
     <row r="54" spans="1:36" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="34" t="s">
+      <c r="A54" s="56" t="s">
         <v>85</v>
       </c>
-      <c r="B54" s="203"/>
-[...3 lines deleted...]
-      <c r="F54" s="186" t="s">
+      <c r="B54" s="179"/>
+      <c r="C54" s="180"/>
+      <c r="D54" s="181"/>
+      <c r="E54" s="262"/>
+      <c r="F54" s="139" t="s">
         <v>86</v>
       </c>
-      <c r="G54" s="177" t="s">
+      <c r="G54" s="278" t="s">
         <v>21</v>
       </c>
-      <c r="H54" s="178"/>
-[...8 lines deleted...]
-      <c r="Q54" s="178" t="s">
+      <c r="H54" s="279"/>
+      <c r="I54" s="279"/>
+      <c r="J54" s="280"/>
+      <c r="K54" s="167"/>
+      <c r="L54" s="229"/>
+      <c r="M54" s="229"/>
+      <c r="N54" s="265"/>
+      <c r="O54" s="266"/>
+      <c r="P54" s="151"/>
+      <c r="Q54" s="279" t="s">
         <v>21</v>
       </c>
-      <c r="R54" s="178"/>
-[...19 lines deleted...]
-      <c r="AJ54" s="61"/>
+      <c r="R54" s="279"/>
+      <c r="S54" s="279"/>
+      <c r="T54" s="280"/>
+      <c r="U54" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="V54" s="277"/>
+      <c r="W54" s="273"/>
+      <c r="X54" s="269"/>
+      <c r="Y54" s="94"/>
+      <c r="Z54" s="163"/>
+      <c r="AA54" s="277"/>
+      <c r="AB54" s="273"/>
+      <c r="AC54" s="269"/>
+      <c r="AD54" s="270"/>
+      <c r="AE54" s="96"/>
+      <c r="AF54" s="131"/>
+      <c r="AG54" s="112"/>
+      <c r="AH54" s="88"/>
+      <c r="AI54" s="89"/>
+      <c r="AJ54" s="86"/>
     </row>
     <row r="55" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="34" t="s">
+      <c r="A55" s="56" t="s">
         <v>87</v>
       </c>
-      <c r="B55" s="206"/>
-[...33 lines deleted...]
-      <c r="AJ55" s="61"/>
+      <c r="B55" s="186"/>
+      <c r="C55" s="187"/>
+      <c r="D55" s="188"/>
+      <c r="E55" s="262"/>
+      <c r="F55" s="144"/>
+      <c r="G55" s="281"/>
+      <c r="H55" s="282"/>
+      <c r="I55" s="282"/>
+      <c r="J55" s="283"/>
+      <c r="K55" s="284"/>
+      <c r="L55" s="229"/>
+      <c r="M55" s="229"/>
+      <c r="N55" s="285"/>
+      <c r="O55" s="270"/>
+      <c r="P55" s="286"/>
+      <c r="Q55" s="282"/>
+      <c r="R55" s="282"/>
+      <c r="S55" s="282"/>
+      <c r="T55" s="283"/>
+      <c r="U55" s="144"/>
+      <c r="V55" s="268"/>
+      <c r="W55" s="269"/>
+      <c r="X55" s="269"/>
+      <c r="Y55" s="94"/>
+      <c r="Z55" s="163"/>
+      <c r="AA55" s="268"/>
+      <c r="AB55" s="269"/>
+      <c r="AC55" s="269"/>
+      <c r="AD55" s="270"/>
+      <c r="AE55" s="96"/>
+      <c r="AF55" s="131"/>
+      <c r="AG55" s="112"/>
+      <c r="AH55" s="88"/>
+      <c r="AI55" s="89"/>
+      <c r="AJ55" s="86"/>
     </row>
     <row r="56" spans="1:36" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="34" t="s">
+      <c r="A56" s="56" t="s">
         <v>88</v>
       </c>
-      <c r="B56" s="138"/>
-[...33 lines deleted...]
-      <c r="AJ56" s="61"/>
+      <c r="B56" s="287"/>
+      <c r="C56" s="287"/>
+      <c r="D56" s="258"/>
+      <c r="E56" s="258"/>
+      <c r="F56" s="151"/>
+      <c r="G56" s="288"/>
+      <c r="H56" s="289"/>
+      <c r="I56" s="289"/>
+      <c r="J56" s="290"/>
+      <c r="K56" s="83"/>
+      <c r="L56" s="229"/>
+      <c r="M56" s="229"/>
+      <c r="N56" s="285"/>
+      <c r="O56" s="270"/>
+      <c r="P56" s="191"/>
+      <c r="Q56" s="289"/>
+      <c r="R56" s="289"/>
+      <c r="S56" s="289"/>
+      <c r="T56" s="290"/>
+      <c r="U56" s="151"/>
+      <c r="V56" s="268"/>
+      <c r="W56" s="269"/>
+      <c r="X56" s="269"/>
+      <c r="Y56" s="94"/>
+      <c r="Z56" s="163"/>
+      <c r="AA56" s="268"/>
+      <c r="AB56" s="269"/>
+      <c r="AC56" s="269"/>
+      <c r="AD56" s="270"/>
+      <c r="AE56" s="96"/>
+      <c r="AF56" s="131"/>
+      <c r="AG56" s="112"/>
+      <c r="AH56" s="88"/>
+      <c r="AI56" s="89"/>
+      <c r="AJ56" s="86"/>
     </row>
     <row r="57" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="34" t="s">
+      <c r="A57" s="56" t="s">
         <v>89</v>
       </c>
-      <c r="B57" s="140"/>
-[...33 lines deleted...]
-      <c r="AJ57" s="61"/>
+      <c r="B57" s="272"/>
+      <c r="C57" s="183"/>
+      <c r="D57" s="258"/>
+      <c r="E57" s="258"/>
+      <c r="F57" s="291"/>
+      <c r="G57" s="292"/>
+      <c r="H57" s="292"/>
+      <c r="I57" s="292"/>
+      <c r="J57" s="293"/>
+      <c r="K57" s="83"/>
+      <c r="L57" s="229"/>
+      <c r="M57" s="229"/>
+      <c r="N57" s="294"/>
+      <c r="O57" s="270"/>
+      <c r="P57" s="191"/>
+      <c r="Q57" s="295"/>
+      <c r="R57" s="296"/>
+      <c r="S57" s="297"/>
+      <c r="T57" s="298"/>
+      <c r="U57" s="155"/>
+      <c r="V57" s="178"/>
+      <c r="W57" s="95"/>
+      <c r="X57" s="95"/>
+      <c r="Y57" s="94"/>
+      <c r="Z57" s="163"/>
+      <c r="AA57" s="299"/>
+      <c r="AB57" s="300"/>
+      <c r="AC57" s="300"/>
+      <c r="AD57" s="301"/>
+      <c r="AE57" s="96"/>
+      <c r="AF57" s="131"/>
+      <c r="AG57" s="112"/>
+      <c r="AH57" s="88"/>
+      <c r="AI57" s="89"/>
+      <c r="AJ57" s="86"/>
     </row>
     <row r="58" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="34" t="s">
+      <c r="A58" s="56" t="s">
         <v>90</v>
       </c>
-      <c r="B58" s="140"/>
-[...33 lines deleted...]
-      <c r="AJ58" s="61"/>
+      <c r="B58" s="272"/>
+      <c r="C58" s="183"/>
+      <c r="D58" s="258"/>
+      <c r="E58" s="258"/>
+      <c r="F58" s="291"/>
+      <c r="G58" s="302"/>
+      <c r="H58" s="302"/>
+      <c r="I58" s="302"/>
+      <c r="J58" s="77"/>
+      <c r="K58" s="83"/>
+      <c r="L58" s="303"/>
+      <c r="M58" s="272"/>
+      <c r="N58" s="294"/>
+      <c r="O58" s="304"/>
+      <c r="P58" s="191"/>
+      <c r="Q58" s="305"/>
+      <c r="R58" s="302"/>
+      <c r="S58" s="302"/>
+      <c r="T58" s="306"/>
+      <c r="U58" s="162"/>
+      <c r="V58" s="178"/>
+      <c r="W58" s="95"/>
+      <c r="X58" s="95"/>
+      <c r="Y58" s="94"/>
+      <c r="Z58" s="163"/>
+      <c r="AA58" s="299"/>
+      <c r="AB58" s="300"/>
+      <c r="AC58" s="300"/>
+      <c r="AD58" s="301"/>
+      <c r="AE58" s="96"/>
+      <c r="AF58" s="131"/>
+      <c r="AG58" s="112"/>
+      <c r="AH58" s="88"/>
+      <c r="AI58" s="89"/>
+      <c r="AJ58" s="86"/>
     </row>
     <row r="59" spans="1:36" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="154"/>
-[...34 lines deleted...]
-      <c r="AJ59" s="61"/>
+      <c r="A59" s="307"/>
+      <c r="B59" s="308"/>
+      <c r="C59" s="309"/>
+      <c r="D59" s="258"/>
+      <c r="E59" s="258"/>
+      <c r="F59" s="291"/>
+      <c r="G59" s="310"/>
+      <c r="H59" s="310"/>
+      <c r="I59" s="310"/>
+      <c r="J59" s="311"/>
+      <c r="K59" s="83"/>
+      <c r="L59" s="312"/>
+      <c r="M59" s="313"/>
+      <c r="N59" s="313"/>
+      <c r="O59" s="311"/>
+      <c r="P59" s="191"/>
+      <c r="Q59" s="314"/>
+      <c r="R59" s="315"/>
+      <c r="S59" s="315"/>
+      <c r="T59" s="316"/>
+      <c r="U59" s="162"/>
+      <c r="V59" s="317"/>
+      <c r="W59" s="318"/>
+      <c r="X59" s="318"/>
+      <c r="Y59" s="319"/>
+      <c r="Z59" s="163"/>
+      <c r="AA59" s="320"/>
+      <c r="AB59" s="321"/>
+      <c r="AC59" s="321"/>
+      <c r="AD59" s="322"/>
+      <c r="AE59" s="96"/>
+      <c r="AF59" s="323"/>
+      <c r="AG59" s="324"/>
+      <c r="AH59" s="325"/>
+      <c r="AI59" s="326"/>
+      <c r="AJ59" s="86"/>
     </row>
     <row r="60" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="34" t="s">
+      <c r="A60" s="56" t="s">
         <v>91</v>
       </c>
-      <c r="B60" s="140"/>
-[...33 lines deleted...]
-      <c r="AJ60" s="61"/>
+      <c r="B60" s="272"/>
+      <c r="C60" s="183"/>
+      <c r="D60" s="258"/>
+      <c r="E60" s="258"/>
+      <c r="F60" s="291"/>
+      <c r="G60" s="302"/>
+      <c r="H60" s="302"/>
+      <c r="I60" s="302"/>
+      <c r="J60" s="77"/>
+      <c r="K60" s="83"/>
+      <c r="L60" s="303"/>
+      <c r="M60" s="272"/>
+      <c r="N60" s="294"/>
+      <c r="O60" s="304"/>
+      <c r="P60" s="191"/>
+      <c r="Q60" s="305"/>
+      <c r="R60" s="302"/>
+      <c r="S60" s="302"/>
+      <c r="T60" s="306"/>
+      <c r="U60" s="162"/>
+      <c r="V60" s="178"/>
+      <c r="W60" s="95"/>
+      <c r="X60" s="95"/>
+      <c r="Y60" s="94"/>
+      <c r="Z60" s="163"/>
+      <c r="AA60" s="299"/>
+      <c r="AB60" s="300"/>
+      <c r="AC60" s="300"/>
+      <c r="AD60" s="301"/>
+      <c r="AE60" s="96"/>
+      <c r="AF60" s="131"/>
+      <c r="AG60" s="112"/>
+      <c r="AH60" s="88"/>
+      <c r="AI60" s="89"/>
+      <c r="AJ60" s="86"/>
     </row>
     <row r="61" spans="1:36" x14ac:dyDescent="0.25">
-      <c r="A61" s="34" t="s">
+      <c r="A61" s="56" t="s">
         <v>92</v>
       </c>
-      <c r="B61" s="97"/>
-[...33 lines deleted...]
-      <c r="AJ61" s="61"/>
+      <c r="B61" s="154"/>
+      <c r="C61" s="154"/>
+      <c r="D61" s="154"/>
+      <c r="E61" s="154"/>
+      <c r="F61" s="291"/>
+      <c r="G61" s="154"/>
+      <c r="H61" s="154"/>
+      <c r="I61" s="154"/>
+      <c r="J61" s="154"/>
+      <c r="K61" s="83"/>
+      <c r="L61" s="154"/>
+      <c r="M61" s="154"/>
+      <c r="N61" s="154"/>
+      <c r="O61" s="154"/>
+      <c r="P61" s="191"/>
+      <c r="Q61" s="154"/>
+      <c r="R61" s="154"/>
+      <c r="S61" s="154"/>
+      <c r="T61" s="154"/>
+      <c r="U61" s="162"/>
+      <c r="V61" s="154"/>
+      <c r="W61" s="154"/>
+      <c r="X61" s="154"/>
+      <c r="Y61" s="154"/>
+      <c r="Z61" s="163"/>
+      <c r="AA61" s="154"/>
+      <c r="AB61" s="154"/>
+      <c r="AC61" s="154"/>
+      <c r="AD61" s="154"/>
+      <c r="AE61" s="96"/>
+      <c r="AF61" s="154"/>
+      <c r="AG61" s="154"/>
+      <c r="AH61" s="154"/>
+      <c r="AI61" s="154"/>
+      <c r="AJ61" s="86"/>
     </row>
     <row r="62" spans="1:36" x14ac:dyDescent="0.25">
-      <c r="A62" s="34" t="s">
+      <c r="A62" s="56" t="s">
         <v>93</v>
       </c>
-      <c r="B62" s="97"/>
-[...33 lines deleted...]
-      <c r="AJ62" s="126"/>
+      <c r="B62" s="154"/>
+      <c r="C62" s="154"/>
+      <c r="D62" s="154"/>
+      <c r="E62" s="154"/>
+      <c r="F62" s="327"/>
+      <c r="G62" s="154"/>
+      <c r="H62" s="154"/>
+      <c r="I62" s="154"/>
+      <c r="J62" s="154"/>
+      <c r="K62" s="244"/>
+      <c r="L62" s="154"/>
+      <c r="M62" s="154"/>
+      <c r="N62" s="154"/>
+      <c r="O62" s="154"/>
+      <c r="P62" s="201"/>
+      <c r="Q62" s="154"/>
+      <c r="R62" s="154"/>
+      <c r="S62" s="154"/>
+      <c r="T62" s="154"/>
+      <c r="U62" s="225"/>
+      <c r="V62" s="154"/>
+      <c r="W62" s="154"/>
+      <c r="X62" s="154"/>
+      <c r="Y62" s="154"/>
+      <c r="Z62" s="172"/>
+      <c r="AA62" s="154"/>
+      <c r="AB62" s="154"/>
+      <c r="AC62" s="154"/>
+      <c r="AD62" s="154"/>
+      <c r="AE62" s="328"/>
+      <c r="AF62" s="154"/>
+      <c r="AG62" s="154"/>
+      <c r="AH62" s="154"/>
+      <c r="AI62" s="154"/>
+      <c r="AJ62" s="329"/>
     </row>
     <row r="63" spans="1:36" x14ac:dyDescent="0.25">
-      <c r="M63" s="174"/>
+      <c r="M63" s="330"/>
     </row>
     <row r="66" spans="3:26" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="C66" s="175"/>
-[...16 lines deleted...]
-      <c r="Z66" s="176"/>
+      <c r="C66" s="331"/>
+      <c r="D66" s="331"/>
+      <c r="E66" s="331"/>
+      <c r="F66" s="331"/>
+      <c r="G66" s="331"/>
+      <c r="H66" s="331"/>
+      <c r="I66" s="331"/>
+      <c r="J66" s="331"/>
+      <c r="Q66" s="332"/>
+      <c r="R66" s="332"/>
+      <c r="S66" s="332"/>
+      <c r="T66" s="332"/>
+      <c r="U66" s="332"/>
+      <c r="V66" s="332"/>
+      <c r="W66" s="332"/>
+      <c r="X66" s="332"/>
+      <c r="Y66" s="332"/>
+      <c r="Z66" s="332"/>
     </row>
   </sheetData>
-  <mergeCells count="133">
-[...11 lines deleted...]
-    <mergeCell ref="AA17:AA18"/>
+  <mergeCells count="141">
+    <mergeCell ref="B53:D55"/>
+    <mergeCell ref="E53:E55"/>
+    <mergeCell ref="F54:F56"/>
+    <mergeCell ref="G54:J56"/>
+    <mergeCell ref="Q54:T56"/>
+    <mergeCell ref="U54:U56"/>
+    <mergeCell ref="E50:E52"/>
+    <mergeCell ref="F50:F52"/>
+    <mergeCell ref="U50:U52"/>
+    <mergeCell ref="X51:Y53"/>
+    <mergeCell ref="Z51:Z53"/>
+    <mergeCell ref="K52:K54"/>
+    <mergeCell ref="L52:M57"/>
+    <mergeCell ref="N52:O54"/>
+    <mergeCell ref="P52:P54"/>
+    <mergeCell ref="B47:C52"/>
+    <mergeCell ref="F47:F49"/>
+    <mergeCell ref="G47:H52"/>
+    <mergeCell ref="I47:J52"/>
+    <mergeCell ref="S47:T52"/>
+    <mergeCell ref="U47:U49"/>
+    <mergeCell ref="Q48:R53"/>
+    <mergeCell ref="K49:K51"/>
+    <mergeCell ref="P49:P51"/>
+    <mergeCell ref="D50:D52"/>
+    <mergeCell ref="U44:U46"/>
+    <mergeCell ref="Z44:Z46"/>
+    <mergeCell ref="K46:K48"/>
+    <mergeCell ref="L46:M51"/>
+    <mergeCell ref="N46:O51"/>
+    <mergeCell ref="P46:P48"/>
+    <mergeCell ref="V48:W53"/>
+    <mergeCell ref="X48:Y50"/>
+    <mergeCell ref="Z48:Z50"/>
+    <mergeCell ref="K43:K45"/>
+    <mergeCell ref="O43:O44"/>
+    <mergeCell ref="P43:P45"/>
+    <mergeCell ref="D44:E49"/>
+    <mergeCell ref="F44:F46"/>
+    <mergeCell ref="S44:T46"/>
+    <mergeCell ref="G41:H46"/>
+    <mergeCell ref="I41:J46"/>
+    <mergeCell ref="U41:U43"/>
+    <mergeCell ref="Z41:Z43"/>
+    <mergeCell ref="D42:E43"/>
+    <mergeCell ref="N42:N44"/>
+    <mergeCell ref="Q42:R47"/>
+    <mergeCell ref="S42:T43"/>
+    <mergeCell ref="V42:W47"/>
+    <mergeCell ref="X42:Y47"/>
+    <mergeCell ref="AA36:AC38"/>
+    <mergeCell ref="S37:T39"/>
+    <mergeCell ref="F38:F39"/>
+    <mergeCell ref="P38:P39"/>
+    <mergeCell ref="U38:U39"/>
+    <mergeCell ref="AA39:AC41"/>
+    <mergeCell ref="K40:K42"/>
+    <mergeCell ref="L40:M45"/>
+    <mergeCell ref="N40:O41"/>
+    <mergeCell ref="P40:P42"/>
+    <mergeCell ref="B35:C40"/>
+    <mergeCell ref="G35:H40"/>
+    <mergeCell ref="F36:F37"/>
+    <mergeCell ref="P36:P37"/>
+    <mergeCell ref="Q36:R41"/>
+    <mergeCell ref="U36:U37"/>
+    <mergeCell ref="D40:E41"/>
+    <mergeCell ref="S40:T41"/>
+    <mergeCell ref="B41:C46"/>
+    <mergeCell ref="F41:F43"/>
+    <mergeCell ref="AE28:AE30"/>
+    <mergeCell ref="N30:O32"/>
+    <mergeCell ref="AA30:AC32"/>
+    <mergeCell ref="D33:E36"/>
+    <mergeCell ref="I33:J35"/>
+    <mergeCell ref="AA33:AC35"/>
+    <mergeCell ref="F34:F35"/>
+    <mergeCell ref="P34:P35"/>
+    <mergeCell ref="V36:W41"/>
+    <mergeCell ref="X36:Y41"/>
+    <mergeCell ref="N23:O26"/>
+    <mergeCell ref="S23:T26"/>
+    <mergeCell ref="AA24:AC26"/>
+    <mergeCell ref="AD24:AD26"/>
+    <mergeCell ref="B25:B28"/>
+    <mergeCell ref="L25:L28"/>
+    <mergeCell ref="G26:H28"/>
+    <mergeCell ref="Q26:R28"/>
+    <mergeCell ref="N27:O29"/>
+    <mergeCell ref="AA27:AA29"/>
+    <mergeCell ref="G18:H20"/>
     <mergeCell ref="Q18:R20"/>
+    <mergeCell ref="AA18:AB20"/>
+    <mergeCell ref="B19:C22"/>
+    <mergeCell ref="AE19:AE21"/>
+    <mergeCell ref="AD20:AD22"/>
+    <mergeCell ref="G21:H23"/>
+    <mergeCell ref="K21:K23"/>
+    <mergeCell ref="AA21:AC23"/>
+    <mergeCell ref="AE22:AE24"/>
+    <mergeCell ref="AE13:AE15"/>
+    <mergeCell ref="B15:B18"/>
+    <mergeCell ref="L15:L18"/>
+    <mergeCell ref="N16:O19"/>
+    <mergeCell ref="P16:P18"/>
+    <mergeCell ref="V16:V21"/>
+    <mergeCell ref="W16:W21"/>
+    <mergeCell ref="Z16:Z18"/>
+    <mergeCell ref="AE16:AE18"/>
+    <mergeCell ref="AC17:AD19"/>
     <mergeCell ref="AF5:AI5"/>
     <mergeCell ref="AJ5:AJ6"/>
     <mergeCell ref="U7:U35"/>
     <mergeCell ref="V8:X10"/>
     <mergeCell ref="B9:B12"/>
     <mergeCell ref="L9:L12"/>
-    <mergeCell ref="AA11:AA12"/>
-[...2 lines deleted...]
-    <mergeCell ref="L15:L18"/>
+    <mergeCell ref="G11:H13"/>
+    <mergeCell ref="C12:C17"/>
+    <mergeCell ref="D12:D17"/>
+    <mergeCell ref="AA12:AA17"/>
     <mergeCell ref="Q5:T5"/>
     <mergeCell ref="U5:U6"/>
     <mergeCell ref="V5:Y5"/>
     <mergeCell ref="Z5:Z6"/>
     <mergeCell ref="AA5:AD5"/>
     <mergeCell ref="AE5:AE6"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="L5:O5"/>
-    <mergeCell ref="B19:C22"/>
-[...97 lines deleted...]
-    <mergeCell ref="P49:P51"/>
+    <mergeCell ref="P5:P6"/>
+    <mergeCell ref="A1:AJ2"/>
+    <mergeCell ref="C3:G3"/>
+    <mergeCell ref="B4:F4"/>
+    <mergeCell ref="G4:K4"/>
+    <mergeCell ref="L4:P4"/>
+    <mergeCell ref="Q4:U4"/>
+    <mergeCell ref="V4:Z4"/>
+    <mergeCell ref="AA4:AE4"/>
+    <mergeCell ref="AF4:AJ4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>