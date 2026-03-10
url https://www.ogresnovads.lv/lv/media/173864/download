--- v0 (2025-11-13)
+++ v1 (2026-03-10)
@@ -20,161 +20,161 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="21555" windowHeight="9270"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="94">
-[...1 lines deleted...]
-    <t>PELDBASEINA "Neptūns"  NOSLOGOJUMS no 10.novembra līdz 16.novembrim</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="94">
+  <si>
+    <t>PELDBASEINA "Neptūns"  NOSLOGOJUMS no 1.decembra līdz 7.decembrim</t>
   </si>
   <si>
     <t>Krāsu apzīmējumi:</t>
   </si>
   <si>
     <t>Brīvais apmeklējums</t>
   </si>
   <si>
     <t xml:space="preserve">    Organizācijas</t>
   </si>
   <si>
     <t xml:space="preserve">     Sporta klubi</t>
   </si>
   <si>
     <t>Skolas</t>
   </si>
   <si>
     <t xml:space="preserve">           Aerobika</t>
   </si>
   <si>
     <t xml:space="preserve">      Peldētapmācība</t>
   </si>
   <si>
-    <t>PIRMDIENA 10.11</t>
-[...17 lines deleted...]
-    <t>SVĒTDIENA 16.11</t>
+    <t>PIRMDIENA 01.12</t>
+  </si>
+  <si>
+    <t>OTRDIENA 02.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TREŠDIENA 03.12                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                    </t>
+  </si>
+  <si>
+    <t>CETURTDIENA 04.12</t>
+  </si>
+  <si>
+    <t>PIEKTDIENA 05.12</t>
+  </si>
+  <si>
+    <t>SESTDIENA 06.12</t>
+  </si>
+  <si>
+    <t>SVĒTDIENA 07.12</t>
   </si>
   <si>
     <t>LIELAIS BASEINS-celiņi</t>
   </si>
   <si>
     <t>mazais baseins</t>
   </si>
   <si>
     <t>LIELAIS BASEINS celiņi</t>
   </si>
   <si>
     <t>Laiks</t>
   </si>
   <si>
     <t>7.15 - 8.00</t>
   </si>
   <si>
     <t>8.00 - 8.15</t>
   </si>
   <si>
     <t>Ūdens aerobika</t>
   </si>
   <si>
     <t>8.15 - 8.30</t>
   </si>
   <si>
     <t>OCP</t>
   </si>
   <si>
     <t>8.30 - 8.45</t>
   </si>
   <si>
     <t>8.45 - 9.00</t>
   </si>
   <si>
     <t>Kalna pamatskola</t>
   </si>
   <si>
     <t>9.00 - 9.15</t>
   </si>
   <si>
+    <t>PSK  Ogre pieaugušie</t>
+  </si>
+  <si>
+    <t>9.15 - 9.30</t>
+  </si>
+  <si>
+    <t>Māris</t>
+  </si>
+  <si>
+    <t>9.30 - 9.45</t>
+  </si>
+  <si>
+    <t>9.45 - 10.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>10.00 - 10.15</t>
+  </si>
+  <si>
+    <t>Līga</t>
+  </si>
+  <si>
     <t>Ģimnāzija</t>
-  </si>
-[...22 lines deleted...]
-    <t>Līga</t>
   </si>
   <si>
     <t xml:space="preserve">PSK Ogre </t>
   </si>
   <si>
     <t>10.15 - 10.30</t>
   </si>
   <si>
     <t>Sporta centrs</t>
   </si>
   <si>
     <t>10.30 - 10.45</t>
   </si>
   <si>
     <t>PSK Ogre pieaugušie</t>
   </si>
   <si>
     <t>10.45 - 11.00</t>
   </si>
   <si>
     <t>S/k Vētra</t>
   </si>
   <si>
     <t>11.00 - 11.15</t>
   </si>
@@ -486,60 +486,60 @@
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="7"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="7"/>
+      <sz val="11"/>
       <color theme="1"/>
-      <name val="Arial"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
@@ -553,51 +553,51 @@
     <font>
       <sz val="9"/>
       <color theme="7" tint="0.79998168889431442"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="26">
+  <fills count="25">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -634,110 +634,104 @@
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF538ED5"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF538ED5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCCCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE46D0A"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFCC0F5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="41">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
@@ -1198,51 +1192,51 @@
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="336">
+  <cellXfs count="327">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="44" fontId="3" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -1521,390 +1515,362 @@
     <xf numFmtId="0" fontId="20" fillId="13" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="13" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="14" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="15" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="15" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="16" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="16" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="16" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="17" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="16" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="17" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="17" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="16" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="17" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="16" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="15" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="18" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="17" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="16" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="17" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="16" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="15" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="15" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="18" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="18" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment textRotation="255"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="15" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="15" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="18" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="18" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="15" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="16" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="15" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment textRotation="90"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="15" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="15" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="20" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="20" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="21" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="21" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="22" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="22" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="23" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="22" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="22" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment textRotation="255"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="22" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="22" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="24" fillId="18" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="23" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="24" fillId="18" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="24" fillId="18" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="22" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="18" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="16" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="15" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="24" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="24" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="13" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="24" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="24" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="13" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="24" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="24" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment textRotation="180"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="13" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1913,70 +1879,70 @@
     <xf numFmtId="0" fontId="26" fillId="13" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="13" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="13" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="13" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="27" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="16" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="15" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="24" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="25" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="24" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="25" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="24" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="19" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="19" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="19" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2079,50 +2045,51 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -2379,51 +2346,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AR66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection activeCell="W15" sqref="W15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.140625" customWidth="1"/>
     <col min="2" max="5" width="5.140625" customWidth="1"/>
     <col min="6" max="6" width="6.42578125" customWidth="1"/>
     <col min="7" max="10" width="5.140625" customWidth="1"/>
     <col min="11" max="11" width="6.140625" customWidth="1"/>
     <col min="12" max="15" width="5.140625" customWidth="1"/>
     <col min="16" max="16" width="6.42578125" customWidth="1"/>
     <col min="17" max="20" width="5.140625" customWidth="1"/>
     <col min="21" max="21" width="6.28515625" customWidth="1"/>
     <col min="22" max="25" width="5.140625" customWidth="1"/>
     <col min="26" max="26" width="6.28515625" customWidth="1"/>
     <col min="27" max="30" width="5.140625" customWidth="1"/>
     <col min="31" max="31" width="6.28515625" customWidth="1"/>
     <col min="32" max="35" width="5.140625" customWidth="1"/>
     <col min="36" max="36" width="6.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -2956,2494 +2923,2481 @@
       <c r="X11" s="88"/>
       <c r="Y11" s="89"/>
       <c r="Z11" s="72"/>
       <c r="AA11" s="95"/>
       <c r="AB11" s="88"/>
       <c r="AC11" s="73"/>
       <c r="AD11" s="73"/>
       <c r="AE11" s="96"/>
       <c r="AF11" s="79"/>
       <c r="AG11" s="81"/>
       <c r="AH11" s="88"/>
       <c r="AI11" s="89"/>
       <c r="AJ11" s="86"/>
     </row>
     <row r="12" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="56" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="120"/>
       <c r="C12" s="88"/>
       <c r="D12" s="104"/>
       <c r="E12" s="89"/>
       <c r="F12" s="78"/>
       <c r="G12" s="113"/>
       <c r="H12" s="121"/>
-      <c r="I12" s="122" t="s">
-[...2 lines deleted...]
-      <c r="J12" s="122"/>
+      <c r="I12" s="88"/>
+      <c r="J12" s="89"/>
       <c r="K12" s="83"/>
       <c r="L12" s="120"/>
-      <c r="M12" s="89"/>
-[...3 lines deleted...]
-      <c r="O12" s="122"/>
+      <c r="M12" s="88"/>
+      <c r="N12" s="88"/>
+      <c r="O12" s="89"/>
       <c r="P12" s="116"/>
       <c r="Q12" s="112"/>
       <c r="R12" s="112"/>
       <c r="S12" s="88"/>
       <c r="T12" s="89"/>
       <c r="U12" s="90"/>
-      <c r="V12" s="122" t="s">
-[...3 lines deleted...]
-      <c r="X12" s="104"/>
+      <c r="V12" s="104"/>
+      <c r="W12" s="88"/>
+      <c r="X12" s="88"/>
       <c r="Y12" s="89"/>
       <c r="Z12" s="72"/>
-      <c r="AA12" s="123" t="s">
-        <v>29</v>
+      <c r="AA12" s="122" t="s">
+        <v>28</v>
       </c>
       <c r="AB12" s="88"/>
       <c r="AC12" s="88"/>
       <c r="AD12" s="73"/>
       <c r="AE12" s="96"/>
       <c r="AF12" s="112"/>
       <c r="AG12" s="112"/>
       <c r="AH12" s="112"/>
       <c r="AI12" s="112"/>
       <c r="AJ12" s="86"/>
-      <c r="AM12" s="124"/>
+      <c r="AM12" s="123"/>
     </row>
     <row r="13" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A13" s="56" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B13" s="99"/>
       <c r="C13" s="99"/>
       <c r="D13" s="104"/>
       <c r="E13" s="89"/>
       <c r="F13" s="78"/>
       <c r="G13" s="113"/>
       <c r="H13" s="121"/>
-      <c r="I13" s="122"/>
-      <c r="J13" s="122"/>
+      <c r="I13" s="88"/>
+      <c r="J13" s="89"/>
       <c r="K13" s="83"/>
       <c r="L13" s="89"/>
-      <c r="M13" s="89"/>
-[...1 lines deleted...]
-      <c r="O13" s="122"/>
+      <c r="M13" s="88"/>
+      <c r="N13" s="88"/>
+      <c r="O13" s="89"/>
       <c r="P13" s="116"/>
       <c r="Q13" s="112"/>
       <c r="R13" s="106"/>
       <c r="S13" s="88"/>
       <c r="T13" s="89"/>
       <c r="U13" s="90"/>
-      <c r="V13" s="122"/>
-[...1 lines deleted...]
-      <c r="X13" s="104"/>
+      <c r="V13" s="104"/>
+      <c r="W13" s="88"/>
+      <c r="X13" s="88"/>
       <c r="Y13" s="89"/>
       <c r="Z13" s="72"/>
-      <c r="AA13" s="125"/>
+      <c r="AA13" s="124"/>
       <c r="AB13" s="88"/>
       <c r="AC13" s="88"/>
       <c r="AD13" s="73"/>
-      <c r="AE13" s="126" t="s">
-        <v>31</v>
+      <c r="AE13" s="125" t="s">
+        <v>30</v>
       </c>
       <c r="AF13" s="112"/>
       <c r="AG13" s="112"/>
       <c r="AH13" s="112"/>
       <c r="AI13" s="112"/>
       <c r="AJ13" s="86"/>
-      <c r="AN13" s="127"/>
+      <c r="AN13" s="126"/>
     </row>
     <row r="14" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="56" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="B14" s="128"/>
+        <v>31</v>
+      </c>
+      <c r="B14" s="127"/>
       <c r="C14" s="99"/>
       <c r="D14" s="104"/>
       <c r="E14" s="89"/>
       <c r="F14" s="78"/>
       <c r="G14" s="104"/>
       <c r="H14" s="89"/>
-      <c r="I14" s="122"/>
-      <c r="J14" s="122"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="89"/>
       <c r="K14" s="83"/>
       <c r="L14" s="89"/>
-      <c r="M14" s="89"/>
-[...1 lines deleted...]
-      <c r="O14" s="122"/>
+      <c r="M14" s="88"/>
+      <c r="N14" s="88"/>
+      <c r="O14" s="89"/>
       <c r="P14" s="116"/>
       <c r="Q14" s="99"/>
       <c r="R14" s="99"/>
       <c r="S14" s="88"/>
       <c r="T14" s="89"/>
       <c r="U14" s="90"/>
-      <c r="V14" s="122"/>
-      <c r="W14" s="122"/>
+      <c r="V14" s="104"/>
+      <c r="W14" s="88"/>
       <c r="X14" s="95"/>
-      <c r="Y14" s="129"/>
+      <c r="Y14" s="128"/>
       <c r="Z14" s="72"/>
-      <c r="AA14" s="125"/>
+      <c r="AA14" s="124"/>
       <c r="AB14" s="88"/>
       <c r="AC14" s="88"/>
       <c r="AD14" s="73"/>
-      <c r="AE14" s="130"/>
+      <c r="AE14" s="129"/>
       <c r="AF14" s="112"/>
       <c r="AG14" s="112"/>
       <c r="AH14" s="112"/>
       <c r="AI14" s="112"/>
       <c r="AJ14" s="86"/>
     </row>
     <row r="15" spans="1:40" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="56" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B15" s="97" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C15" s="99"/>
       <c r="D15" s="89"/>
       <c r="E15" s="89"/>
       <c r="F15" s="78"/>
       <c r="G15" s="104"/>
       <c r="H15" s="89"/>
-      <c r="I15" s="122"/>
-      <c r="J15" s="122"/>
+      <c r="I15" s="88"/>
+      <c r="J15" s="89"/>
       <c r="K15" s="83"/>
-      <c r="L15" s="132" t="s">
+      <c r="L15" s="130" t="s">
         <v>23</v>
       </c>
-      <c r="M15" s="81"/>
-[...3 lines deleted...]
-      <c r="Q15" s="133"/>
+      <c r="M15" s="88"/>
+      <c r="N15" s="89"/>
+      <c r="O15" s="89"/>
+      <c r="P15" s="86" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q15" s="131"/>
       <c r="R15" s="112"/>
       <c r="S15" s="118"/>
       <c r="T15" s="115"/>
       <c r="U15" s="90"/>
-      <c r="V15" s="122"/>
-[...4 lines deleted...]
-      <c r="AA15" s="125"/>
+      <c r="V15" s="89"/>
+      <c r="W15" s="88"/>
+      <c r="X15" s="107"/>
+      <c r="Y15" s="128"/>
+      <c r="Z15" s="132"/>
+      <c r="AA15" s="124"/>
       <c r="AB15" s="88"/>
       <c r="AC15" s="88"/>
       <c r="AD15" s="73"/>
-      <c r="AE15" s="136"/>
+      <c r="AE15" s="133"/>
       <c r="AF15" s="112"/>
       <c r="AG15" s="112"/>
       <c r="AH15" s="112"/>
       <c r="AI15" s="112"/>
       <c r="AJ15" s="86"/>
     </row>
     <row r="16" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="137" t="s">
-        <v>35</v>
+      <c r="A16" s="134" t="s">
+        <v>34</v>
       </c>
       <c r="B16" s="103"/>
-      <c r="C16" s="131"/>
-[...3 lines deleted...]
-      <c r="E16" s="122"/>
+      <c r="C16" s="99"/>
+      <c r="D16" s="104"/>
+      <c r="E16" s="89"/>
       <c r="F16" s="78"/>
       <c r="G16" s="104"/>
       <c r="H16" s="89"/>
       <c r="I16" s="88"/>
       <c r="J16" s="89"/>
       <c r="K16" s="83"/>
-      <c r="L16" s="138"/>
-      <c r="M16" s="88"/>
+      <c r="L16" s="135"/>
+      <c r="M16" s="99"/>
       <c r="N16" s="112"/>
       <c r="O16" s="112"/>
-      <c r="P16" s="139" t="s">
+      <c r="P16" s="136" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q16" s="131"/>
+      <c r="R16" s="106"/>
+      <c r="S16" s="137" t="s">
         <v>36</v>
       </c>
-      <c r="Q16" s="133"/>
-[...4 lines deleted...]
-      <c r="T16" s="122"/>
+      <c r="T16" s="137"/>
       <c r="U16" s="90"/>
-      <c r="V16" s="131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="V16" s="99"/>
       <c r="W16" s="88"/>
       <c r="X16" s="95"/>
       <c r="Y16" s="89"/>
-      <c r="Z16" s="140" t="s">
-[...2 lines deleted...]
-      <c r="AA16" s="125"/>
+      <c r="Z16" s="138" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA16" s="124"/>
       <c r="AB16" s="88"/>
       <c r="AC16" s="88"/>
       <c r="AD16" s="73"/>
-      <c r="AE16" s="141" t="s">
+      <c r="AE16" s="139" t="s">
         <v>37</v>
       </c>
       <c r="AF16" s="112"/>
       <c r="AG16" s="112"/>
       <c r="AH16" s="112"/>
       <c r="AI16" s="112"/>
       <c r="AJ16" s="86"/>
     </row>
     <row r="17" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="137" t="s">
+      <c r="A17" s="134" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="103"/>
-      <c r="C17" s="131"/>
-[...1 lines deleted...]
-      <c r="E17" s="122"/>
+      <c r="C17" s="99"/>
+      <c r="D17" s="104"/>
+      <c r="E17" s="89"/>
       <c r="F17" s="78"/>
       <c r="G17" s="104"/>
       <c r="H17" s="89"/>
       <c r="I17" s="88"/>
       <c r="J17" s="89"/>
       <c r="K17" s="83"/>
-      <c r="L17" s="138"/>
-      <c r="M17" s="88"/>
+      <c r="L17" s="135"/>
+      <c r="M17" s="99"/>
       <c r="N17" s="112"/>
       <c r="O17" s="106"/>
-      <c r="P17" s="142"/>
+      <c r="P17" s="140"/>
       <c r="Q17" s="118"/>
       <c r="R17" s="115"/>
-      <c r="S17" s="122"/>
-      <c r="T17" s="122"/>
+      <c r="S17" s="137"/>
+      <c r="T17" s="137"/>
       <c r="U17" s="90"/>
-      <c r="V17" s="131"/>
+      <c r="V17" s="99"/>
       <c r="W17" s="88"/>
       <c r="X17" s="95"/>
       <c r="Y17" s="89"/>
-      <c r="Z17" s="140"/>
-      <c r="AA17" s="143"/>
+      <c r="Z17" s="138"/>
+      <c r="AA17" s="141"/>
       <c r="AB17" s="88"/>
-      <c r="AC17" s="144" t="s">
+      <c r="AC17" s="142" t="s">
         <v>39</v>
       </c>
-      <c r="AD17" s="145"/>
-      <c r="AE17" s="146"/>
+      <c r="AD17" s="143"/>
+      <c r="AE17" s="144"/>
       <c r="AF17" s="112"/>
       <c r="AG17" s="112"/>
       <c r="AH17" s="112"/>
       <c r="AI17" s="112"/>
       <c r="AJ17" s="86"/>
     </row>
     <row r="18" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="137" t="s">
+      <c r="A18" s="134" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="120"/>
-      <c r="C18" s="131"/>
-[...1 lines deleted...]
-      <c r="E18" s="122"/>
+      <c r="C18" s="99"/>
+      <c r="D18" s="104"/>
+      <c r="E18" s="89"/>
       <c r="F18" s="78"/>
       <c r="G18" s="113" t="s">
         <v>26</v>
       </c>
       <c r="H18" s="113"/>
       <c r="I18" s="88"/>
       <c r="J18" s="89"/>
       <c r="K18" s="83"/>
-      <c r="L18" s="147"/>
-      <c r="M18" s="89"/>
+      <c r="L18" s="145"/>
+      <c r="M18" s="99"/>
       <c r="N18" s="99"/>
       <c r="O18" s="99"/>
-      <c r="P18" s="148"/>
+      <c r="P18" s="146"/>
       <c r="Q18" s="113" t="s">
         <v>26</v>
       </c>
       <c r="R18" s="113"/>
-      <c r="S18" s="122"/>
-      <c r="T18" s="122"/>
+      <c r="S18" s="137"/>
+      <c r="T18" s="137"/>
       <c r="U18" s="90"/>
-      <c r="V18" s="131"/>
+      <c r="V18" s="99"/>
       <c r="W18" s="88"/>
       <c r="X18" s="95"/>
       <c r="Y18" s="89"/>
-      <c r="Z18" s="149"/>
-      <c r="AA18" s="150" t="s">
+      <c r="Z18" s="147"/>
+      <c r="AA18" s="148" t="s">
         <v>41</v>
       </c>
-      <c r="AB18" s="151"/>
-[...2 lines deleted...]
-      <c r="AE18" s="154"/>
+      <c r="AB18" s="149"/>
+      <c r="AC18" s="150"/>
+      <c r="AD18" s="151"/>
+      <c r="AE18" s="152"/>
       <c r="AF18" s="112"/>
       <c r="AG18" s="112"/>
       <c r="AH18" s="112"/>
       <c r="AI18" s="112"/>
       <c r="AJ18" s="86"/>
-      <c r="AL18" s="155"/>
+      <c r="AL18" s="153"/>
     </row>
     <row r="19" spans="1:44" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="137" t="s">
+      <c r="A19" s="134" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="88"/>
-[...2 lines deleted...]
-      <c r="E19" s="122"/>
+      <c r="B19" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="C19" s="137"/>
+      <c r="D19" s="89"/>
+      <c r="E19" s="89"/>
       <c r="F19" s="78"/>
       <c r="G19" s="113"/>
       <c r="H19" s="113"/>
-      <c r="I19" s="122" t="s">
-[...2 lines deleted...]
-      <c r="J19" s="122"/>
+      <c r="I19" s="104"/>
+      <c r="J19" s="89"/>
       <c r="K19" s="83"/>
-      <c r="L19" s="89"/>
-[...5 lines deleted...]
-      <c r="P19" s="156"/>
+      <c r="L19" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="M19" s="137"/>
+      <c r="N19" s="89"/>
+      <c r="O19" s="89"/>
+      <c r="P19" s="154"/>
       <c r="Q19" s="113"/>
       <c r="R19" s="113"/>
-      <c r="S19" s="122"/>
-      <c r="T19" s="122"/>
+      <c r="S19" s="137"/>
+      <c r="T19" s="137"/>
       <c r="U19" s="90"/>
-      <c r="V19" s="131"/>
+      <c r="V19" s="99"/>
       <c r="W19" s="95"/>
       <c r="X19" s="95"/>
       <c r="Y19" s="94"/>
-      <c r="Z19" s="157"/>
-[...4 lines deleted...]
-      <c r="AE19" s="162" t="s">
+      <c r="Z19" s="155"/>
+      <c r="AA19" s="156"/>
+      <c r="AB19" s="157"/>
+      <c r="AC19" s="158"/>
+      <c r="AD19" s="159"/>
+      <c r="AE19" s="160" t="s">
         <v>43</v>
       </c>
       <c r="AF19" s="112"/>
       <c r="AG19" s="112"/>
       <c r="AH19" s="112"/>
       <c r="AI19" s="112"/>
       <c r="AJ19" s="86"/>
     </row>
     <row r="20" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="137" t="s">
+      <c r="A20" s="134" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="99"/>
-[...1 lines deleted...]
-      <c r="D20" s="89"/>
+      <c r="B20" s="137"/>
+      <c r="C20" s="137"/>
+      <c r="D20" s="104"/>
       <c r="E20" s="89"/>
       <c r="F20" s="78"/>
       <c r="G20" s="113"/>
       <c r="H20" s="113"/>
-      <c r="I20" s="122"/>
-      <c r="J20" s="122"/>
+      <c r="I20" s="104"/>
+      <c r="J20" s="89"/>
       <c r="K20" s="83"/>
-      <c r="L20" s="89"/>
-[...3 lines deleted...]
-      <c r="P20" s="163"/>
+      <c r="L20" s="137"/>
+      <c r="M20" s="137"/>
+      <c r="N20" s="112"/>
+      <c r="O20" s="112"/>
+      <c r="P20" s="161"/>
       <c r="Q20" s="113"/>
       <c r="R20" s="113"/>
       <c r="S20" s="88"/>
       <c r="T20" s="89"/>
       <c r="U20" s="90"/>
-      <c r="V20" s="131"/>
+      <c r="V20" s="99"/>
       <c r="W20" s="88"/>
       <c r="X20" s="95"/>
       <c r="Y20" s="89"/>
-      <c r="Z20" s="164"/>
-[...1 lines deleted...]
-      <c r="AB20" s="166"/>
+      <c r="Z20" s="162"/>
+      <c r="AA20" s="163"/>
+      <c r="AB20" s="164"/>
       <c r="AC20" s="88"/>
-      <c r="AD20" s="167" t="s">
-[...2 lines deleted...]
-      <c r="AE20" s="168"/>
+      <c r="AD20" s="165" t="s">
+        <v>30</v>
+      </c>
+      <c r="AE20" s="166"/>
       <c r="AF20" s="112"/>
       <c r="AG20" s="112"/>
       <c r="AH20" s="112"/>
       <c r="AI20" s="112"/>
       <c r="AJ20" s="86"/>
-      <c r="AM20" s="169"/>
+      <c r="AM20" s="167"/>
     </row>
     <row r="21" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="137" t="s">
+      <c r="A21" s="134" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="99"/>
-[...2 lines deleted...]
-      <c r="E21" s="170"/>
+      <c r="B21" s="137"/>
+      <c r="C21" s="137"/>
+      <c r="D21" s="104"/>
+      <c r="E21" s="89"/>
       <c r="F21" s="78"/>
-      <c r="G21" s="171" t="s">
+      <c r="G21" s="168" t="s">
         <v>46</v>
       </c>
-      <c r="H21" s="171"/>
-[...10 lines deleted...]
-      <c r="Q21" s="175"/>
+      <c r="H21" s="168"/>
+      <c r="I21" s="104"/>
+      <c r="J21" s="89"/>
+      <c r="K21" s="83"/>
+      <c r="L21" s="137"/>
+      <c r="M21" s="137"/>
+      <c r="N21" s="112"/>
+      <c r="O21" s="106"/>
+      <c r="P21" s="161"/>
+      <c r="Q21" s="169"/>
       <c r="R21" s="88"/>
       <c r="S21" s="88"/>
       <c r="T21" s="88"/>
       <c r="U21" s="90"/>
-      <c r="V21" s="131"/>
+      <c r="V21" s="88"/>
       <c r="W21" s="88"/>
       <c r="X21" s="95"/>
       <c r="Y21" s="89"/>
-      <c r="Z21" s="164"/>
-      <c r="AA21" s="176" t="s">
+      <c r="Z21" s="162"/>
+      <c r="AA21" s="170" t="s">
         <v>43</v>
       </c>
-      <c r="AB21" s="177"/>
-[...2 lines deleted...]
-      <c r="AE21" s="168"/>
+      <c r="AB21" s="171"/>
+      <c r="AC21" s="172"/>
+      <c r="AD21" s="173"/>
+      <c r="AE21" s="166"/>
       <c r="AF21" s="112"/>
       <c r="AG21" s="112"/>
       <c r="AH21" s="112"/>
       <c r="AI21" s="112"/>
       <c r="AJ21" s="86"/>
     </row>
     <row r="22" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="137" t="s">
+      <c r="A22" s="134" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="99"/>
-[...2 lines deleted...]
-      <c r="E22" s="170"/>
+      <c r="B22" s="137"/>
+      <c r="C22" s="137"/>
+      <c r="D22" s="104"/>
+      <c r="E22" s="89"/>
       <c r="F22" s="78"/>
-      <c r="G22" s="171"/>
-[...11 lines deleted...]
-      <c r="S22" s="181"/>
+      <c r="G22" s="168"/>
+      <c r="H22" s="168"/>
+      <c r="I22" s="89"/>
+      <c r="J22" s="89"/>
+      <c r="K22" s="83"/>
+      <c r="L22" s="137"/>
+      <c r="M22" s="137"/>
+      <c r="N22" s="99"/>
+      <c r="O22" s="99"/>
+      <c r="P22" s="161"/>
+      <c r="Q22" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="R22" s="137"/>
+      <c r="S22" s="174"/>
       <c r="T22" s="94"/>
       <c r="U22" s="90"/>
-      <c r="V22" s="181"/>
+      <c r="V22" s="174"/>
       <c r="W22" s="94"/>
       <c r="X22" s="95"/>
       <c r="Y22" s="89"/>
-      <c r="Z22" s="164"/>
-[...4 lines deleted...]
-      <c r="AE22" s="162" t="s">
+      <c r="Z22" s="162"/>
+      <c r="AA22" s="175"/>
+      <c r="AB22" s="176"/>
+      <c r="AC22" s="177"/>
+      <c r="AD22" s="178"/>
+      <c r="AE22" s="160" t="s">
         <v>43</v>
       </c>
       <c r="AF22" s="112"/>
       <c r="AG22" s="112"/>
       <c r="AH22" s="112"/>
       <c r="AI22" s="112"/>
       <c r="AJ22" s="86"/>
     </row>
     <row r="23" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="137" t="s">
+      <c r="A23" s="134" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="99"/>
       <c r="C23" s="99"/>
-      <c r="D23" s="186"/>
-      <c r="E23" s="170"/>
+      <c r="D23" s="179"/>
+      <c r="E23" s="180"/>
       <c r="F23" s="78"/>
-      <c r="G23" s="171"/>
-[...3 lines deleted...]
-      <c r="K23" s="189"/>
+      <c r="G23" s="168"/>
+      <c r="H23" s="168"/>
+      <c r="I23" s="181"/>
+      <c r="J23" s="182"/>
+      <c r="K23" s="83"/>
       <c r="L23" s="112"/>
       <c r="M23" s="112"/>
       <c r="N23" s="88"/>
-      <c r="O23" s="190"/>
-[...2 lines deleted...]
-      <c r="R23" s="99"/>
+      <c r="O23" s="183"/>
+      <c r="P23" s="161"/>
+      <c r="Q23" s="137"/>
+      <c r="R23" s="137"/>
       <c r="S23" s="107"/>
       <c r="T23" s="107"/>
       <c r="U23" s="90"/>
       <c r="V23" s="107"/>
       <c r="W23" s="107"/>
-      <c r="X23" s="181"/>
+      <c r="X23" s="174"/>
       <c r="Y23" s="89"/>
-      <c r="Z23" s="164"/>
-[...2 lines deleted...]
-      <c r="AC23" s="193"/>
+      <c r="Z23" s="162"/>
+      <c r="AA23" s="184"/>
+      <c r="AB23" s="185"/>
+      <c r="AC23" s="186"/>
       <c r="AD23" s="73"/>
-      <c r="AE23" s="168"/>
+      <c r="AE23" s="166"/>
       <c r="AF23" s="112"/>
       <c r="AG23" s="112"/>
       <c r="AH23" s="112"/>
       <c r="AI23" s="112"/>
       <c r="AJ23" s="86"/>
     </row>
     <row r="24" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="137" t="s">
+      <c r="A24" s="134" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="99"/>
       <c r="C24" s="99"/>
-      <c r="D24" s="186"/>
-      <c r="E24" s="170"/>
+      <c r="D24" s="179"/>
+      <c r="E24" s="180"/>
       <c r="F24" s="78"/>
       <c r="G24" s="104"/>
       <c r="H24" s="89"/>
       <c r="I24" s="88"/>
       <c r="J24" s="89"/>
       <c r="K24" s="83"/>
       <c r="L24" s="112"/>
       <c r="M24" s="106"/>
-      <c r="N24" s="194" t="s">
+      <c r="N24" s="187" t="s">
         <v>50</v>
       </c>
-      <c r="O24" s="195"/>
-[...4 lines deleted...]
-      <c r="T24" s="88"/>
+      <c r="O24" s="188"/>
+      <c r="P24" s="161"/>
+      <c r="Q24" s="137"/>
+      <c r="R24" s="137"/>
+      <c r="S24" s="107"/>
+      <c r="T24" s="107"/>
       <c r="U24" s="90"/>
       <c r="V24" s="107"/>
       <c r="W24" s="107"/>
-      <c r="X24" s="181"/>
+      <c r="X24" s="174"/>
       <c r="Y24" s="89"/>
-      <c r="Z24" s="164"/>
-      <c r="AA24" s="176" t="s">
+      <c r="Z24" s="162"/>
+      <c r="AA24" s="170" t="s">
         <v>43</v>
       </c>
-      <c r="AB24" s="177"/>
-[...4 lines deleted...]
-      <c r="AE24" s="168"/>
+      <c r="AB24" s="171"/>
+      <c r="AC24" s="172"/>
+      <c r="AD24" s="165" t="s">
+        <v>30</v>
+      </c>
+      <c r="AE24" s="166"/>
       <c r="AF24" s="112"/>
       <c r="AG24" s="112"/>
       <c r="AH24" s="112"/>
       <c r="AI24" s="112"/>
       <c r="AJ24" s="86"/>
     </row>
     <row r="25" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="137" t="s">
+      <c r="A25" s="134" t="s">
         <v>51</v>
       </c>
-      <c r="B25" s="196" t="s">
+      <c r="B25" s="97" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="99"/>
-      <c r="D25" s="186"/>
-      <c r="E25" s="186"/>
+      <c r="D25" s="179"/>
+      <c r="E25" s="179"/>
       <c r="F25" s="78"/>
       <c r="G25" s="104"/>
       <c r="H25" s="89"/>
       <c r="I25" s="88"/>
       <c r="J25" s="89"/>
       <c r="K25" s="83"/>
-      <c r="L25" s="132" t="s">
+      <c r="L25" s="130" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="99"/>
-      <c r="N25" s="197"/>
-[...3 lines deleted...]
-      <c r="R25" s="88"/>
+      <c r="N25" s="189"/>
+      <c r="O25" s="190"/>
+      <c r="P25" s="161"/>
+      <c r="Q25" s="137"/>
+      <c r="R25" s="137"/>
       <c r="S25" s="88"/>
       <c r="T25" s="88"/>
       <c r="U25" s="90"/>
       <c r="V25" s="88"/>
       <c r="W25" s="88"/>
-      <c r="X25" s="181"/>
+      <c r="X25" s="174"/>
       <c r="Y25" s="94"/>
-      <c r="Z25" s="164"/>
-[...4 lines deleted...]
-      <c r="AE25" s="199"/>
+      <c r="Z25" s="162"/>
+      <c r="AA25" s="175"/>
+      <c r="AB25" s="176"/>
+      <c r="AC25" s="177"/>
+      <c r="AD25" s="173"/>
+      <c r="AE25" s="191"/>
       <c r="AF25" s="112"/>
       <c r="AG25" s="112"/>
       <c r="AH25" s="112"/>
       <c r="AI25" s="112"/>
       <c r="AJ25" s="86"/>
-      <c r="AO25" s="200"/>
+      <c r="AO25" s="192"/>
     </row>
     <row r="26" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="137" t="s">
+      <c r="A26" s="134" t="s">
         <v>52</v>
       </c>
-      <c r="B26" s="201"/>
+      <c r="B26" s="103"/>
       <c r="C26" s="88"/>
-      <c r="D26" s="186"/>
-      <c r="E26" s="186"/>
+      <c r="D26" s="179"/>
+      <c r="E26" s="179"/>
       <c r="F26" s="78"/>
       <c r="G26" s="113" t="s">
         <v>26</v>
       </c>
       <c r="H26" s="113"/>
       <c r="I26" s="88"/>
       <c r="J26" s="89"/>
       <c r="K26" s="83"/>
-      <c r="L26" s="138"/>
+      <c r="L26" s="135"/>
       <c r="M26" s="112"/>
-      <c r="N26" s="202"/>
-[...1 lines deleted...]
-      <c r="P26" s="163"/>
+      <c r="N26" s="193"/>
+      <c r="O26" s="194"/>
+      <c r="P26" s="161"/>
       <c r="Q26" s="113" t="s">
         <v>26</v>
       </c>
-      <c r="R26" s="121"/>
-      <c r="S26" s="88"/>
+      <c r="R26" s="113"/>
+      <c r="S26" s="104"/>
       <c r="T26" s="89"/>
       <c r="U26" s="90"/>
       <c r="V26" s="95"/>
       <c r="W26" s="95"/>
-      <c r="X26" s="204"/>
+      <c r="X26" s="195"/>
       <c r="Y26" s="94"/>
-      <c r="Z26" s="164"/>
-[...4 lines deleted...]
-      <c r="AE26" s="199"/>
+      <c r="Z26" s="162"/>
+      <c r="AA26" s="184"/>
+      <c r="AB26" s="185"/>
+      <c r="AC26" s="186"/>
+      <c r="AD26" s="178"/>
+      <c r="AE26" s="191"/>
       <c r="AF26" s="112"/>
       <c r="AG26" s="112"/>
       <c r="AH26" s="112"/>
       <c r="AI26" s="112"/>
       <c r="AJ26" s="86"/>
     </row>
     <row r="27" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="137" t="s">
+      <c r="A27" s="134" t="s">
         <v>53</v>
       </c>
-      <c r="B27" s="201"/>
+      <c r="B27" s="103"/>
       <c r="C27" s="99"/>
-      <c r="D27" s="186"/>
-      <c r="E27" s="186"/>
+      <c r="D27" s="179"/>
+      <c r="E27" s="179"/>
       <c r="F27" s="78"/>
       <c r="G27" s="113"/>
       <c r="H27" s="113"/>
       <c r="I27" s="88"/>
       <c r="J27" s="89"/>
       <c r="K27" s="83"/>
-      <c r="L27" s="138"/>
+      <c r="L27" s="135"/>
       <c r="M27" s="88"/>
       <c r="N27" s="88"/>
-      <c r="O27" s="186"/>
-      <c r="P27" s="163"/>
+      <c r="O27" s="179"/>
+      <c r="P27" s="161"/>
       <c r="Q27" s="113"/>
-      <c r="R27" s="121"/>
-[...1 lines deleted...]
-      <c r="T27" s="107"/>
+      <c r="R27" s="113"/>
+      <c r="S27" s="104"/>
+      <c r="T27" s="89"/>
       <c r="U27" s="90"/>
       <c r="V27" s="88"/>
       <c r="W27" s="81"/>
-      <c r="X27" s="205"/>
-[...2 lines deleted...]
-      <c r="AA27" s="207" t="s">
+      <c r="X27" s="196"/>
+      <c r="Y27" s="197"/>
+      <c r="Z27" s="162"/>
+      <c r="AA27" s="198" t="s">
         <v>39</v>
       </c>
       <c r="AB27" s="73"/>
       <c r="AC27" s="73"/>
       <c r="AD27" s="73"/>
-      <c r="AE27" s="208"/>
-      <c r="AF27" s="133"/>
+      <c r="AE27" s="199"/>
+      <c r="AF27" s="131"/>
       <c r="AG27" s="112"/>
       <c r="AH27" s="88"/>
       <c r="AI27" s="89"/>
       <c r="AJ27" s="86"/>
     </row>
     <row r="28" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="137" t="s">
+      <c r="A28" s="134" t="s">
         <v>54</v>
       </c>
-      <c r="B28" s="209"/>
+      <c r="B28" s="120"/>
       <c r="C28" s="99"/>
-      <c r="D28" s="122" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="122"/>
+      <c r="D28" s="104"/>
+      <c r="E28" s="89"/>
       <c r="F28" s="78"/>
       <c r="G28" s="113"/>
       <c r="H28" s="113"/>
-      <c r="I28" s="122" t="s">
-[...2 lines deleted...]
-      <c r="J28" s="122"/>
+      <c r="I28" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="J28" s="137"/>
       <c r="K28" s="83"/>
-      <c r="L28" s="147"/>
-[...1 lines deleted...]
-      <c r="N28" s="99"/>
+      <c r="L28" s="145"/>
+      <c r="M28" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="N28" s="137"/>
       <c r="O28" s="99"/>
-      <c r="P28" s="163"/>
+      <c r="P28" s="161"/>
       <c r="Q28" s="113"/>
-      <c r="R28" s="121"/>
-[...3 lines deleted...]
-      <c r="T28" s="122"/>
+      <c r="R28" s="113"/>
+      <c r="S28" s="104"/>
+      <c r="T28" s="89"/>
       <c r="U28" s="90"/>
       <c r="V28" s="88"/>
       <c r="W28" s="81"/>
       <c r="X28" s="88"/>
-      <c r="Y28" s="206"/>
-[...1 lines deleted...]
-      <c r="AA28" s="210"/>
+      <c r="Y28" s="197"/>
+      <c r="Z28" s="162"/>
+      <c r="AA28" s="200"/>
       <c r="AB28" s="73"/>
       <c r="AC28" s="73"/>
       <c r="AD28" s="73"/>
-      <c r="AE28" s="126" t="s">
-[...2 lines deleted...]
-      <c r="AF28" s="133"/>
+      <c r="AE28" s="125" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF28" s="131"/>
       <c r="AG28" s="112"/>
       <c r="AH28" s="88"/>
       <c r="AI28" s="89"/>
       <c r="AJ28" s="86"/>
-      <c r="AL28" s="211"/>
-[...5 lines deleted...]
-      <c r="AR28" s="211"/>
+      <c r="AL28" s="201"/>
+      <c r="AM28" s="201"/>
+      <c r="AN28" s="201"/>
+      <c r="AO28" s="201"/>
+      <c r="AP28" s="201"/>
+      <c r="AQ28" s="201"/>
+      <c r="AR28" s="201"/>
     </row>
     <row r="29" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="137" t="s">
+      <c r="A29" s="134" t="s">
         <v>55</v>
       </c>
       <c r="B29" s="99"/>
       <c r="C29" s="99"/>
-      <c r="D29" s="122"/>
-      <c r="E29" s="122"/>
+      <c r="D29" s="104"/>
+      <c r="E29" s="89"/>
       <c r="F29" s="78"/>
       <c r="G29" s="104"/>
       <c r="H29" s="88"/>
-      <c r="I29" s="122"/>
-      <c r="J29" s="122"/>
+      <c r="I29" s="137"/>
+      <c r="J29" s="137"/>
       <c r="K29" s="83"/>
       <c r="L29" s="99"/>
-      <c r="M29" s="99"/>
-      <c r="N29" s="99"/>
+      <c r="M29" s="137"/>
+      <c r="N29" s="137"/>
       <c r="O29" s="99"/>
-      <c r="P29" s="163"/>
+      <c r="P29" s="161"/>
       <c r="Q29" s="89"/>
-      <c r="R29" s="89"/>
-[...1 lines deleted...]
-      <c r="T29" s="122"/>
+      <c r="R29" s="88"/>
+      <c r="S29" s="104"/>
+      <c r="T29" s="89"/>
       <c r="U29" s="90"/>
-      <c r="V29" s="181"/>
+      <c r="V29" s="174"/>
       <c r="W29" s="89"/>
       <c r="X29" s="88"/>
-      <c r="Y29" s="206"/>
-[...1 lines deleted...]
-      <c r="AA29" s="212"/>
+      <c r="Y29" s="197"/>
+      <c r="Z29" s="162"/>
+      <c r="AA29" s="202"/>
       <c r="AB29" s="88"/>
       <c r="AC29" s="88"/>
       <c r="AD29" s="89"/>
-      <c r="AE29" s="130"/>
-      <c r="AF29" s="133"/>
+      <c r="AE29" s="129"/>
+      <c r="AF29" s="131"/>
       <c r="AG29" s="112"/>
       <c r="AH29" s="88"/>
       <c r="AI29" s="89"/>
       <c r="AJ29" s="86"/>
-      <c r="AM29" s="169"/>
-      <c r="AP29" s="200"/>
+      <c r="AM29" s="167"/>
+      <c r="AP29" s="192"/>
     </row>
     <row r="30" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="56" t="s">
         <v>56</v>
       </c>
       <c r="B30" s="99"/>
       <c r="C30" s="99"/>
-      <c r="D30" s="122"/>
-      <c r="E30" s="122"/>
+      <c r="D30" s="104"/>
+      <c r="E30" s="89"/>
       <c r="F30" s="78"/>
-      <c r="G30" s="133"/>
+      <c r="G30" s="131"/>
       <c r="H30" s="112"/>
-      <c r="I30" s="122"/>
-      <c r="J30" s="122"/>
+      <c r="I30" s="137"/>
+      <c r="J30" s="137"/>
       <c r="K30" s="83"/>
       <c r="L30" s="99"/>
-      <c r="M30" s="99"/>
-      <c r="N30" s="88"/>
+      <c r="M30" s="137"/>
+      <c r="N30" s="137"/>
       <c r="O30" s="88"/>
-      <c r="P30" s="213"/>
+      <c r="P30" s="203"/>
       <c r="Q30" s="89"/>
       <c r="R30" s="89"/>
-      <c r="S30" s="122"/>
-      <c r="T30" s="122"/>
+      <c r="S30" s="89"/>
+      <c r="T30" s="89"/>
       <c r="U30" s="90"/>
-      <c r="V30" s="181"/>
+      <c r="V30" s="174"/>
       <c r="W30" s="89"/>
-      <c r="X30" s="214"/>
-[...2 lines deleted...]
-      <c r="AA30" s="215" t="s">
+      <c r="X30" s="204"/>
+      <c r="Y30" s="197"/>
+      <c r="Z30" s="162"/>
+      <c r="AA30" s="205" t="s">
         <v>39</v>
       </c>
-      <c r="AB30" s="216"/>
-      <c r="AC30" s="217"/>
+      <c r="AB30" s="206"/>
+      <c r="AC30" s="207"/>
       <c r="AD30" s="89"/>
-      <c r="AE30" s="136"/>
-[...3 lines deleted...]
-      <c r="AI30" s="218"/>
+      <c r="AE30" s="133"/>
+      <c r="AF30" s="208"/>
+      <c r="AG30" s="208"/>
+      <c r="AH30" s="208"/>
+      <c r="AI30" s="208"/>
       <c r="AJ30" s="86"/>
-      <c r="AN30" s="169"/>
+      <c r="AN30" s="167"/>
     </row>
     <row r="31" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="219" t="s">
+      <c r="A31" s="209" t="s">
         <v>57</v>
       </c>
       <c r="B31" s="99"/>
       <c r="C31" s="99"/>
-      <c r="D31" s="122"/>
-      <c r="E31" s="122"/>
+      <c r="D31" s="89"/>
+      <c r="E31" s="89"/>
       <c r="F31" s="78"/>
-      <c r="G31" s="133"/>
+      <c r="G31" s="131"/>
       <c r="H31" s="112"/>
-      <c r="I31" s="122"/>
-      <c r="J31" s="122"/>
+      <c r="I31" s="137"/>
+      <c r="J31" s="137"/>
       <c r="K31" s="83"/>
       <c r="L31" s="88"/>
-      <c r="M31" s="88"/>
-      <c r="N31" s="88"/>
+      <c r="M31" s="137"/>
+      <c r="N31" s="137"/>
       <c r="O31" s="89"/>
-      <c r="P31" s="220" t="s">
+      <c r="P31" s="210" t="s">
         <v>50</v>
       </c>
       <c r="Q31" s="89"/>
       <c r="R31" s="89"/>
-      <c r="S31" s="122"/>
-      <c r="T31" s="122"/>
+      <c r="S31" s="88"/>
+      <c r="T31" s="89"/>
       <c r="U31" s="90"/>
-      <c r="V31" s="181"/>
+      <c r="V31" s="174"/>
       <c r="W31" s="89"/>
       <c r="X31" s="88"/>
-      <c r="Y31" s="206"/>
-[...3 lines deleted...]
-      <c r="AC31" s="223"/>
+      <c r="Y31" s="197"/>
+      <c r="Z31" s="162"/>
+      <c r="AA31" s="211"/>
+      <c r="AB31" s="212"/>
+      <c r="AC31" s="213"/>
       <c r="AD31" s="89"/>
       <c r="AE31" s="74"/>
-      <c r="AF31" s="218"/>
-[...2 lines deleted...]
-      <c r="AI31" s="218"/>
+      <c r="AF31" s="208"/>
+      <c r="AG31" s="208"/>
+      <c r="AH31" s="208"/>
+      <c r="AI31" s="208"/>
       <c r="AJ31" s="86"/>
-      <c r="AO31" s="127"/>
+      <c r="AO31" s="126"/>
     </row>
     <row r="32" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="56" t="s">
         <v>58</v>
       </c>
       <c r="B32" s="99"/>
       <c r="C32" s="99"/>
       <c r="D32" s="99"/>
       <c r="E32" s="99"/>
       <c r="F32" s="78"/>
       <c r="G32" s="99"/>
       <c r="H32" s="99"/>
       <c r="I32" s="99"/>
       <c r="J32" s="99"/>
       <c r="K32" s="83"/>
       <c r="L32" s="88"/>
       <c r="M32" s="89"/>
       <c r="N32" s="88"/>
       <c r="O32" s="89"/>
-      <c r="P32" s="220"/>
-[...2 lines deleted...]
-      <c r="S32" s="181"/>
+      <c r="P32" s="210"/>
+      <c r="Q32" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="R32" s="137"/>
+      <c r="S32" s="174"/>
       <c r="T32" s="94"/>
       <c r="U32" s="90"/>
-      <c r="V32" s="181"/>
+      <c r="V32" s="174"/>
       <c r="W32" s="94"/>
       <c r="X32" s="88"/>
-      <c r="Y32" s="206"/>
-[...5 lines deleted...]
-        <v>31</v>
+      <c r="Y32" s="197"/>
+      <c r="Z32" s="162"/>
+      <c r="AA32" s="214"/>
+      <c r="AB32" s="215"/>
+      <c r="AC32" s="216"/>
+      <c r="AD32" s="217" t="s">
+        <v>30</v>
       </c>
       <c r="AE32" s="96"/>
-      <c r="AF32" s="218"/>
-[...2 lines deleted...]
-      <c r="AI32" s="218"/>
+      <c r="AF32" s="208"/>
+      <c r="AG32" s="208"/>
+      <c r="AH32" s="208"/>
+      <c r="AI32" s="208"/>
       <c r="AJ32" s="86"/>
     </row>
     <row r="33" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="56" t="s">
         <v>59</v>
       </c>
       <c r="B33" s="88"/>
       <c r="C33" s="88"/>
       <c r="D33" s="99"/>
       <c r="E33" s="99"/>
-      <c r="F33" s="228"/>
+      <c r="F33" s="218"/>
       <c r="G33" s="99"/>
       <c r="H33" s="99"/>
-      <c r="I33" s="229" t="s">
+      <c r="I33" s="219" t="s">
         <v>60</v>
       </c>
-      <c r="J33" s="230"/>
+      <c r="J33" s="220"/>
       <c r="K33" s="83"/>
       <c r="L33" s="88"/>
       <c r="M33" s="89"/>
       <c r="N33" s="88"/>
       <c r="O33" s="89"/>
-      <c r="P33" s="220"/>
-[...1 lines deleted...]
-      <c r="R33" s="99"/>
+      <c r="P33" s="210"/>
+      <c r="Q33" s="137"/>
+      <c r="R33" s="137"/>
       <c r="S33" s="107"/>
       <c r="T33" s="107"/>
       <c r="U33" s="90"/>
-      <c r="V33" s="175"/>
-[...4 lines deleted...]
-      <c r="AA33" s="215" t="s">
+      <c r="V33" s="169"/>
+      <c r="W33" s="169"/>
+      <c r="X33" s="204"/>
+      <c r="Y33" s="197"/>
+      <c r="Z33" s="162"/>
+      <c r="AA33" s="205" t="s">
         <v>39</v>
       </c>
-      <c r="AB33" s="216"/>
-[...1 lines deleted...]
-      <c r="AD33" s="227"/>
+      <c r="AB33" s="206"/>
+      <c r="AC33" s="207"/>
+      <c r="AD33" s="217"/>
       <c r="AE33" s="96"/>
-      <c r="AF33" s="218"/>
-[...2 lines deleted...]
-      <c r="AI33" s="218"/>
+      <c r="AF33" s="208"/>
+      <c r="AG33" s="208"/>
+      <c r="AH33" s="208"/>
+      <c r="AI33" s="208"/>
       <c r="AJ33" s="86"/>
     </row>
     <row r="34" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="56" t="s">
         <v>61</v>
       </c>
       <c r="B34" s="104"/>
       <c r="C34" s="88"/>
       <c r="D34" s="99"/>
       <c r="E34" s="99"/>
-      <c r="F34" s="231" t="s">
+      <c r="F34" s="221" t="s">
         <v>62</v>
       </c>
       <c r="G34" s="99"/>
       <c r="H34" s="99"/>
-      <c r="I34" s="232"/>
-      <c r="J34" s="233"/>
+      <c r="I34" s="222"/>
+      <c r="J34" s="223"/>
       <c r="K34" s="83"/>
       <c r="L34" s="99"/>
       <c r="M34" s="99"/>
-      <c r="N34" s="194" t="s">
+      <c r="N34" s="187" t="s">
         <v>50</v>
       </c>
-      <c r="O34" s="195"/>
-      <c r="P34" s="231" t="s">
+      <c r="O34" s="188"/>
+      <c r="P34" s="221" t="s">
         <v>62</v>
       </c>
-      <c r="Q34" s="99"/>
-      <c r="R34" s="99"/>
+      <c r="Q34" s="137"/>
+      <c r="R34" s="137"/>
       <c r="S34" s="107"/>
       <c r="T34" s="107"/>
       <c r="U34" s="90"/>
       <c r="V34" s="88"/>
       <c r="W34" s="88"/>
       <c r="X34" s="107"/>
       <c r="Y34" s="89"/>
-      <c r="Z34" s="164"/>
-[...3 lines deleted...]
-      <c r="AD34" s="227"/>
+      <c r="Z34" s="162"/>
+      <c r="AA34" s="211"/>
+      <c r="AB34" s="212"/>
+      <c r="AC34" s="213"/>
+      <c r="AD34" s="217"/>
       <c r="AE34" s="96"/>
-      <c r="AF34" s="218"/>
-[...2 lines deleted...]
-      <c r="AI34" s="218"/>
+      <c r="AF34" s="208"/>
+      <c r="AG34" s="208"/>
+      <c r="AH34" s="208"/>
+      <c r="AI34" s="208"/>
       <c r="AJ34" s="86"/>
-      <c r="AP34" s="200"/>
+      <c r="AP34" s="192"/>
     </row>
     <row r="35" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="56" t="s">
         <v>63</v>
       </c>
-      <c r="B35" s="234" t="s">
+      <c r="B35" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="C35" s="234"/>
+      <c r="C35" s="224"/>
       <c r="D35" s="88"/>
       <c r="E35" s="88"/>
-      <c r="F35" s="235"/>
-      <c r="G35" s="234" t="s">
+      <c r="F35" s="225"/>
+      <c r="G35" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="H35" s="234"/>
-[...1 lines deleted...]
-      <c r="J35" s="237"/>
+      <c r="H35" s="224"/>
+      <c r="I35" s="226"/>
+      <c r="J35" s="227"/>
       <c r="K35" s="83"/>
       <c r="L35" s="99"/>
       <c r="M35" s="99"/>
-      <c r="N35" s="197"/>
-[...3 lines deleted...]
-      <c r="R35" s="88"/>
+      <c r="N35" s="189"/>
+      <c r="O35" s="190"/>
+      <c r="P35" s="225"/>
+      <c r="Q35" s="137"/>
+      <c r="R35" s="137"/>
       <c r="S35" s="88"/>
       <c r="T35" s="88"/>
-      <c r="U35" s="238"/>
+      <c r="U35" s="228"/>
       <c r="V35" s="88"/>
       <c r="W35" s="88"/>
       <c r="X35" s="107"/>
-      <c r="Y35" s="239"/>
-[...3 lines deleted...]
-      <c r="AC35" s="226"/>
+      <c r="Y35" s="229"/>
+      <c r="Z35" s="162"/>
+      <c r="AA35" s="214"/>
+      <c r="AB35" s="215"/>
+      <c r="AC35" s="216"/>
       <c r="AD35" s="89"/>
       <c r="AE35" s="96"/>
-      <c r="AF35" s="218"/>
-[...2 lines deleted...]
-      <c r="AI35" s="218"/>
+      <c r="AF35" s="208"/>
+      <c r="AG35" s="208"/>
+      <c r="AH35" s="208"/>
+      <c r="AI35" s="208"/>
       <c r="AJ35" s="86"/>
     </row>
     <row r="36" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="56" t="s">
         <v>65</v>
       </c>
-      <c r="B36" s="234"/>
-[...5 lines deleted...]
-      <c r="F36" s="231" t="s">
+      <c r="B36" s="224"/>
+      <c r="C36" s="224"/>
+      <c r="D36" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="E36" s="137"/>
+      <c r="F36" s="221" t="s">
         <v>62</v>
       </c>
-      <c r="G36" s="234"/>
-[...4 lines deleted...]
-      <c r="J36" s="122"/>
+      <c r="G36" s="224"/>
+      <c r="H36" s="224"/>
+      <c r="I36" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="J36" s="137"/>
       <c r="K36" s="83"/>
-      <c r="L36" s="88"/>
-[...3 lines deleted...]
-      <c r="P36" s="231" t="s">
+      <c r="L36" s="137" t="s">
+        <v>36</v>
+      </c>
+      <c r="M36" s="137"/>
+      <c r="N36" s="193"/>
+      <c r="O36" s="194"/>
+      <c r="P36" s="221" t="s">
         <v>62</v>
       </c>
-      <c r="Q36" s="234" t="s">
+      <c r="Q36" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="R36" s="234"/>
-[...2 lines deleted...]
-      <c r="U36" s="242" t="s">
+      <c r="R36" s="224"/>
+      <c r="S36" s="230"/>
+      <c r="T36" s="231"/>
+      <c r="U36" s="232" t="s">
         <v>62</v>
       </c>
-      <c r="V36" s="234" t="s">
+      <c r="V36" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="W36" s="234"/>
-      <c r="X36" s="234" t="s">
+      <c r="W36" s="224"/>
+      <c r="X36" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="Y36" s="234"/>
-[...1 lines deleted...]
-      <c r="AA36" s="215" t="s">
+      <c r="Y36" s="224"/>
+      <c r="Z36" s="162"/>
+      <c r="AA36" s="205" t="s">
         <v>39</v>
       </c>
-      <c r="AB36" s="216"/>
-      <c r="AC36" s="217"/>
+      <c r="AB36" s="206"/>
+      <c r="AC36" s="207"/>
       <c r="AD36" s="89"/>
       <c r="AE36" s="96"/>
-      <c r="AF36" s="218"/>
-[...2 lines deleted...]
-      <c r="AI36" s="218"/>
+      <c r="AF36" s="208"/>
+      <c r="AG36" s="208"/>
+      <c r="AH36" s="208"/>
+      <c r="AI36" s="208"/>
       <c r="AJ36" s="86"/>
-      <c r="AL36" s="243"/>
-[...3 lines deleted...]
-      <c r="AP36" s="243"/>
+      <c r="AL36" s="233"/>
+      <c r="AM36" s="234"/>
+      <c r="AN36" s="233"/>
+      <c r="AO36" s="235"/>
+      <c r="AP36" s="233"/>
     </row>
     <row r="37" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="56" t="s">
         <v>66</v>
       </c>
-      <c r="B37" s="234"/>
-[...7 lines deleted...]
-      <c r="J37" s="122"/>
+      <c r="B37" s="224"/>
+      <c r="C37" s="224"/>
+      <c r="D37" s="137"/>
+      <c r="E37" s="137"/>
+      <c r="F37" s="225"/>
+      <c r="G37" s="224"/>
+      <c r="H37" s="224"/>
+      <c r="I37" s="137"/>
+      <c r="J37" s="137"/>
       <c r="K37" s="83"/>
-      <c r="L37" s="99"/>
-      <c r="M37" s="99"/>
+      <c r="L37" s="137"/>
+      <c r="M37" s="137"/>
       <c r="N37" s="99"/>
       <c r="O37" s="99"/>
-      <c r="P37" s="246"/>
-[...2 lines deleted...]
-      <c r="S37" s="229" t="s">
+      <c r="P37" s="236"/>
+      <c r="Q37" s="224"/>
+      <c r="R37" s="224"/>
+      <c r="S37" s="219" t="s">
         <v>60</v>
       </c>
-      <c r="T37" s="230"/>
-[...8 lines deleted...]
-      <c r="AC37" s="223"/>
+      <c r="T37" s="220"/>
+      <c r="U37" s="236"/>
+      <c r="V37" s="224"/>
+      <c r="W37" s="224"/>
+      <c r="X37" s="224"/>
+      <c r="Y37" s="224"/>
+      <c r="Z37" s="162"/>
+      <c r="AA37" s="211"/>
+      <c r="AB37" s="212"/>
+      <c r="AC37" s="213"/>
       <c r="AD37" s="89"/>
       <c r="AE37" s="96"/>
-      <c r="AF37" s="218"/>
-[...2 lines deleted...]
-      <c r="AI37" s="218"/>
+      <c r="AF37" s="208"/>
+      <c r="AG37" s="208"/>
+      <c r="AH37" s="208"/>
+      <c r="AI37" s="208"/>
       <c r="AJ37" s="86"/>
     </row>
     <row r="38" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="56" t="s">
         <v>67</v>
       </c>
-      <c r="B38" s="234"/>
-[...3 lines deleted...]
-      <c r="F38" s="247" t="s">
+      <c r="B38" s="224"/>
+      <c r="C38" s="224"/>
+      <c r="D38" s="137"/>
+      <c r="E38" s="137"/>
+      <c r="F38" s="237" t="s">
         <v>62</v>
       </c>
-      <c r="G38" s="234"/>
-[...2 lines deleted...]
-      <c r="J38" s="122"/>
+      <c r="G38" s="224"/>
+      <c r="H38" s="224"/>
+      <c r="I38" s="137"/>
+      <c r="J38" s="137"/>
       <c r="K38" s="83"/>
-      <c r="L38" s="99"/>
-      <c r="M38" s="99"/>
+      <c r="L38" s="137"/>
+      <c r="M38" s="137"/>
       <c r="N38" s="99"/>
       <c r="O38" s="99"/>
-      <c r="P38" s="248" t="s">
+      <c r="P38" s="238" t="s">
         <v>62</v>
       </c>
-      <c r="Q38" s="234"/>
-[...3 lines deleted...]
-      <c r="U38" s="248" t="s">
+      <c r="Q38" s="224"/>
+      <c r="R38" s="224"/>
+      <c r="S38" s="222"/>
+      <c r="T38" s="223"/>
+      <c r="U38" s="238" t="s">
         <v>62</v>
       </c>
-      <c r="V38" s="234"/>
-[...6 lines deleted...]
-      <c r="AC38" s="226"/>
+      <c r="V38" s="224"/>
+      <c r="W38" s="224"/>
+      <c r="X38" s="224"/>
+      <c r="Y38" s="224"/>
+      <c r="Z38" s="162"/>
+      <c r="AA38" s="214"/>
+      <c r="AB38" s="215"/>
+      <c r="AC38" s="216"/>
       <c r="AD38" s="89"/>
       <c r="AE38" s="96"/>
-      <c r="AF38" s="218"/>
-[...2 lines deleted...]
-      <c r="AI38" s="218"/>
+      <c r="AF38" s="208"/>
+      <c r="AG38" s="208"/>
+      <c r="AH38" s="208"/>
+      <c r="AI38" s="208"/>
       <c r="AJ38" s="86"/>
     </row>
     <row r="39" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="56" t="s">
         <v>68</v>
       </c>
-      <c r="B39" s="234"/>
-[...10 lines deleted...]
-      <c r="M39" s="88"/>
+      <c r="B39" s="224"/>
+      <c r="C39" s="224"/>
+      <c r="D39" s="137"/>
+      <c r="E39" s="137"/>
+      <c r="F39" s="225"/>
+      <c r="G39" s="224"/>
+      <c r="H39" s="224"/>
+      <c r="I39" s="137"/>
+      <c r="J39" s="137"/>
+      <c r="K39" s="239"/>
+      <c r="L39" s="137"/>
+      <c r="M39" s="137"/>
       <c r="N39" s="88"/>
       <c r="O39" s="88"/>
-      <c r="P39" s="246"/>
-[...10 lines deleted...]
-      <c r="AA39" s="215" t="s">
+      <c r="P39" s="236"/>
+      <c r="Q39" s="224"/>
+      <c r="R39" s="224"/>
+      <c r="S39" s="226"/>
+      <c r="T39" s="227"/>
+      <c r="U39" s="236"/>
+      <c r="V39" s="224"/>
+      <c r="W39" s="224"/>
+      <c r="X39" s="224"/>
+      <c r="Y39" s="224"/>
+      <c r="Z39" s="162"/>
+      <c r="AA39" s="205" t="s">
         <v>39</v>
       </c>
-      <c r="AB39" s="216"/>
-      <c r="AC39" s="217"/>
+      <c r="AB39" s="206"/>
+      <c r="AC39" s="207"/>
       <c r="AD39" s="89"/>
       <c r="AE39" s="96"/>
-      <c r="AF39" s="218"/>
-[...2 lines deleted...]
-      <c r="AI39" s="218"/>
+      <c r="AF39" s="208"/>
+      <c r="AG39" s="208"/>
+      <c r="AH39" s="208"/>
+      <c r="AI39" s="208"/>
       <c r="AJ39" s="86"/>
-      <c r="AN39" s="127"/>
+      <c r="AN39" s="126"/>
     </row>
     <row r="40" spans="1:42" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="56" t="s">
         <v>69</v>
       </c>
-      <c r="B40" s="234"/>
-      <c r="C40" s="234"/>
+      <c r="B40" s="224"/>
+      <c r="C40" s="224"/>
       <c r="D40" s="113" t="s">
         <v>26</v>
       </c>
       <c r="E40" s="113"/>
-      <c r="F40" s="250"/>
-[...1 lines deleted...]
-      <c r="H40" s="234"/>
+      <c r="F40" s="240"/>
+      <c r="G40" s="224"/>
+      <c r="H40" s="224"/>
       <c r="I40" s="99"/>
       <c r="J40" s="99"/>
-      <c r="K40" s="139" t="s">
-[...2 lines deleted...]
-      <c r="L40" s="234" t="s">
+      <c r="K40" s="136" t="s">
+        <v>35</v>
+      </c>
+      <c r="L40" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="M40" s="234"/>
+      <c r="M40" s="224"/>
       <c r="N40" s="113" t="s">
         <v>26</v>
       </c>
       <c r="O40" s="113"/>
-      <c r="P40" s="220" t="s">
+      <c r="P40" s="210" t="s">
         <v>50</v>
       </c>
-      <c r="Q40" s="234"/>
-      <c r="R40" s="234"/>
+      <c r="Q40" s="224"/>
+      <c r="R40" s="224"/>
       <c r="S40" s="113" t="s">
         <v>26</v>
       </c>
       <c r="T40" s="113"/>
-      <c r="U40" s="156"/>
-[...7 lines deleted...]
-      <c r="AC40" s="223"/>
+      <c r="U40" s="154"/>
+      <c r="V40" s="224"/>
+      <c r="W40" s="224"/>
+      <c r="X40" s="224"/>
+      <c r="Y40" s="224"/>
+      <c r="Z40" s="162"/>
+      <c r="AA40" s="211"/>
+      <c r="AB40" s="212"/>
+      <c r="AC40" s="213"/>
       <c r="AD40" s="89"/>
       <c r="AE40" s="96"/>
-      <c r="AF40" s="218"/>
-[...2 lines deleted...]
-      <c r="AI40" s="218"/>
+      <c r="AF40" s="208"/>
+      <c r="AG40" s="208"/>
+      <c r="AH40" s="208"/>
+      <c r="AI40" s="208"/>
       <c r="AJ40" s="86"/>
     </row>
     <row r="41" spans="1:42" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="56" t="s">
         <v>70</v>
       </c>
-      <c r="B41" s="234" t="s">
+      <c r="B41" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="C41" s="234"/>
+      <c r="C41" s="224"/>
       <c r="D41" s="113"/>
       <c r="E41" s="121"/>
-      <c r="F41" s="141" t="s">
+      <c r="F41" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="G41" s="234" t="s">
+      <c r="G41" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="H41" s="234"/>
-      <c r="I41" s="234" t="s">
+      <c r="H41" s="224"/>
+      <c r="I41" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="J41" s="234"/>
-[...2 lines deleted...]
-      <c r="M41" s="234"/>
+      <c r="J41" s="224"/>
+      <c r="K41" s="140"/>
+      <c r="L41" s="224"/>
+      <c r="M41" s="224"/>
       <c r="N41" s="113"/>
       <c r="O41" s="121"/>
-      <c r="P41" s="220"/>
-[...1 lines deleted...]
-      <c r="R41" s="234"/>
+      <c r="P41" s="210"/>
+      <c r="Q41" s="224"/>
+      <c r="R41" s="224"/>
       <c r="S41" s="113"/>
       <c r="T41" s="113"/>
-      <c r="U41" s="141" t="s">
+      <c r="U41" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="V41" s="234"/>
-[...3 lines deleted...]
-      <c r="Z41" s="162" t="s">
+      <c r="V41" s="224"/>
+      <c r="W41" s="224"/>
+      <c r="X41" s="224"/>
+      <c r="Y41" s="224"/>
+      <c r="Z41" s="160" t="s">
         <v>43</v>
       </c>
-      <c r="AA41" s="224"/>
-[...1 lines deleted...]
-      <c r="AC41" s="226"/>
+      <c r="AA41" s="214"/>
+      <c r="AB41" s="215"/>
+      <c r="AC41" s="216"/>
       <c r="AD41" s="89"/>
       <c r="AE41" s="96"/>
-      <c r="AF41" s="218"/>
-[...2 lines deleted...]
-      <c r="AI41" s="218"/>
+      <c r="AF41" s="208"/>
+      <c r="AG41" s="208"/>
+      <c r="AH41" s="208"/>
+      <c r="AI41" s="208"/>
       <c r="AJ41" s="86"/>
-      <c r="AM41" s="251"/>
+      <c r="AM41" s="241"/>
     </row>
     <row r="42" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="56" t="s">
         <v>71</v>
       </c>
-      <c r="B42" s="234"/>
-      <c r="C42" s="234"/>
+      <c r="B42" s="224"/>
+      <c r="C42" s="224"/>
       <c r="D42" s="113" t="s">
         <v>26</v>
       </c>
       <c r="E42" s="121"/>
-      <c r="F42" s="146"/>
-[...7 lines deleted...]
-      <c r="N42" s="252" t="s">
+      <c r="F42" s="144"/>
+      <c r="G42" s="224"/>
+      <c r="H42" s="224"/>
+      <c r="I42" s="224"/>
+      <c r="J42" s="224"/>
+      <c r="K42" s="146"/>
+      <c r="L42" s="224"/>
+      <c r="M42" s="224"/>
+      <c r="N42" s="242" t="s">
         <v>23</v>
       </c>
-      <c r="O42" s="253"/>
-[...1 lines deleted...]
-      <c r="Q42" s="234" t="s">
+      <c r="O42" s="243"/>
+      <c r="P42" s="210"/>
+      <c r="Q42" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="R42" s="234"/>
+      <c r="R42" s="224"/>
       <c r="S42" s="113" t="s">
         <v>26</v>
       </c>
       <c r="T42" s="113"/>
-      <c r="U42" s="146"/>
-      <c r="V42" s="234" t="s">
+      <c r="U42" s="144"/>
+      <c r="V42" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="W42" s="234"/>
-      <c r="X42" s="234" t="s">
+      <c r="W42" s="224"/>
+      <c r="X42" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="Y42" s="234"/>
-      <c r="Z42" s="168"/>
+      <c r="Y42" s="224"/>
+      <c r="Z42" s="166"/>
       <c r="AA42" s="104"/>
       <c r="AB42" s="88"/>
-      <c r="AC42" s="254"/>
-      <c r="AD42" s="206"/>
+      <c r="AC42" s="244"/>
+      <c r="AD42" s="197"/>
       <c r="AE42" s="96"/>
-      <c r="AF42" s="133"/>
+      <c r="AF42" s="131"/>
       <c r="AG42" s="112"/>
       <c r="AH42" s="88"/>
       <c r="AI42" s="89"/>
       <c r="AJ42" s="86"/>
     </row>
     <row r="43" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="56" t="s">
         <v>72</v>
       </c>
-      <c r="B43" s="234"/>
-      <c r="C43" s="234"/>
+      <c r="B43" s="224"/>
+      <c r="C43" s="224"/>
       <c r="D43" s="113"/>
       <c r="E43" s="121"/>
-      <c r="F43" s="154"/>
-[...4 lines deleted...]
-      <c r="K43" s="141" t="s">
+      <c r="F43" s="152"/>
+      <c r="G43" s="224"/>
+      <c r="H43" s="224"/>
+      <c r="I43" s="224"/>
+      <c r="J43" s="224"/>
+      <c r="K43" s="139" t="s">
         <v>64</v>
       </c>
-      <c r="L43" s="234"/>
-[...2 lines deleted...]
-      <c r="O43" s="248" t="s">
+      <c r="L43" s="224"/>
+      <c r="M43" s="224"/>
+      <c r="N43" s="245"/>
+      <c r="O43" s="238" t="s">
         <v>62</v>
       </c>
-      <c r="P43" s="139" t="s">
-[...3 lines deleted...]
-      <c r="R43" s="234"/>
+      <c r="P43" s="136" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q43" s="224"/>
+      <c r="R43" s="224"/>
       <c r="S43" s="113"/>
       <c r="T43" s="113"/>
-      <c r="U43" s="154"/>
-[...4 lines deleted...]
-      <c r="Z43" s="168"/>
+      <c r="U43" s="152"/>
+      <c r="V43" s="224"/>
+      <c r="W43" s="224"/>
+      <c r="X43" s="224"/>
+      <c r="Y43" s="224"/>
+      <c r="Z43" s="166"/>
       <c r="AA43" s="104"/>
       <c r="AB43" s="88"/>
-      <c r="AC43" s="256"/>
-      <c r="AD43" s="257"/>
+      <c r="AC43" s="246"/>
+      <c r="AD43" s="247"/>
       <c r="AE43" s="96"/>
-      <c r="AF43" s="133"/>
+      <c r="AF43" s="131"/>
       <c r="AG43" s="112"/>
       <c r="AH43" s="88"/>
       <c r="AI43" s="89"/>
       <c r="AJ43" s="86"/>
     </row>
     <row r="44" spans="1:42" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="56" t="s">
         <v>73</v>
       </c>
-      <c r="B44" s="234"/>
-[...1 lines deleted...]
-      <c r="D44" s="234" t="s">
+      <c r="B44" s="224"/>
+      <c r="C44" s="224"/>
+      <c r="D44" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="E44" s="234"/>
-[...14 lines deleted...]
-      <c r="R44" s="234"/>
+      <c r="E44" s="224"/>
+      <c r="F44" s="248" t="s">
+        <v>30</v>
+      </c>
+      <c r="G44" s="224"/>
+      <c r="H44" s="224"/>
+      <c r="I44" s="224"/>
+      <c r="J44" s="224"/>
+      <c r="K44" s="144"/>
+      <c r="L44" s="224"/>
+      <c r="M44" s="224"/>
+      <c r="N44" s="245"/>
+      <c r="O44" s="236"/>
+      <c r="P44" s="140"/>
+      <c r="Q44" s="224"/>
+      <c r="R44" s="224"/>
       <c r="S44" s="113" t="s">
         <v>26</v>
       </c>
       <c r="T44" s="113"/>
-      <c r="U44" s="141" t="s">
+      <c r="U44" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="V44" s="234"/>
-[...3 lines deleted...]
-      <c r="Z44" s="259" t="s">
+      <c r="V44" s="224"/>
+      <c r="W44" s="224"/>
+      <c r="X44" s="224"/>
+      <c r="Y44" s="224"/>
+      <c r="Z44" s="249" t="s">
         <v>60</v>
       </c>
       <c r="AA44" s="104"/>
       <c r="AB44" s="88"/>
       <c r="AC44" s="81"/>
-      <c r="AD44" s="206"/>
+      <c r="AD44" s="197"/>
       <c r="AE44" s="96"/>
-      <c r="AF44" s="133"/>
+      <c r="AF44" s="131"/>
       <c r="AG44" s="112"/>
       <c r="AH44" s="88"/>
       <c r="AI44" s="89"/>
       <c r="AJ44" s="86"/>
-      <c r="AM44" s="260"/>
+      <c r="AM44" s="250"/>
     </row>
     <row r="45" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="56" t="s">
         <v>74</v>
       </c>
-      <c r="B45" s="234"/>
-[...15 lines deleted...]
-      <c r="R45" s="234"/>
+      <c r="B45" s="224"/>
+      <c r="C45" s="224"/>
+      <c r="D45" s="224"/>
+      <c r="E45" s="224"/>
+      <c r="F45" s="248"/>
+      <c r="G45" s="224"/>
+      <c r="H45" s="224"/>
+      <c r="I45" s="224"/>
+      <c r="J45" s="224"/>
+      <c r="K45" s="152"/>
+      <c r="L45" s="224"/>
+      <c r="M45" s="224"/>
+      <c r="N45" s="251"/>
+      <c r="O45" s="251"/>
+      <c r="P45" s="146"/>
+      <c r="Q45" s="224"/>
+      <c r="R45" s="224"/>
       <c r="S45" s="113"/>
       <c r="T45" s="113"/>
-      <c r="U45" s="146"/>
-[...4 lines deleted...]
-      <c r="Z45" s="259"/>
+      <c r="U45" s="144"/>
+      <c r="V45" s="224"/>
+      <c r="W45" s="224"/>
+      <c r="X45" s="224"/>
+      <c r="Y45" s="224"/>
+      <c r="Z45" s="249"/>
       <c r="AA45" s="104"/>
       <c r="AB45" s="88"/>
       <c r="AC45" s="81"/>
-      <c r="AD45" s="206"/>
+      <c r="AD45" s="197"/>
       <c r="AE45" s="96"/>
-      <c r="AF45" s="133"/>
+      <c r="AF45" s="131"/>
       <c r="AG45" s="112"/>
       <c r="AH45" s="88"/>
       <c r="AI45" s="89"/>
       <c r="AJ45" s="86"/>
     </row>
     <row r="46" spans="1:42" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="56" t="s">
         <v>75</v>
       </c>
-      <c r="B46" s="234"/>
-[...8 lines deleted...]
-      <c r="K46" s="141" t="s">
+      <c r="B46" s="224"/>
+      <c r="C46" s="224"/>
+      <c r="D46" s="224"/>
+      <c r="E46" s="224"/>
+      <c r="F46" s="248"/>
+      <c r="G46" s="224"/>
+      <c r="H46" s="224"/>
+      <c r="I46" s="224"/>
+      <c r="J46" s="224"/>
+      <c r="K46" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="L46" s="234" t="s">
+      <c r="L46" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="M46" s="234"/>
-      <c r="N46" s="234" t="s">
+      <c r="M46" s="224"/>
+      <c r="N46" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="O46" s="234"/>
-      <c r="P46" s="262" t="s">
+      <c r="O46" s="224"/>
+      <c r="P46" s="252" t="s">
         <v>43</v>
       </c>
-      <c r="Q46" s="234"/>
-      <c r="R46" s="234"/>
+      <c r="Q46" s="224"/>
+      <c r="R46" s="224"/>
       <c r="S46" s="113"/>
       <c r="T46" s="113"/>
-      <c r="U46" s="154"/>
-[...4 lines deleted...]
-      <c r="Z46" s="259"/>
+      <c r="U46" s="152"/>
+      <c r="V46" s="224"/>
+      <c r="W46" s="224"/>
+      <c r="X46" s="224"/>
+      <c r="Y46" s="224"/>
+      <c r="Z46" s="249"/>
       <c r="AA46" s="104"/>
       <c r="AB46" s="88"/>
       <c r="AC46" s="81"/>
-      <c r="AD46" s="206"/>
+      <c r="AD46" s="197"/>
       <c r="AE46" s="96"/>
-      <c r="AF46" s="133"/>
+      <c r="AF46" s="131"/>
       <c r="AG46" s="112"/>
       <c r="AH46" s="88"/>
       <c r="AI46" s="89"/>
       <c r="AJ46" s="86"/>
     </row>
     <row r="47" spans="1:42" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="56" t="s">
         <v>76</v>
       </c>
-      <c r="B47" s="234" t="s">
+      <c r="B47" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="C47" s="234"/>
-[...2 lines deleted...]
-      <c r="F47" s="263" t="s">
+      <c r="C47" s="224"/>
+      <c r="D47" s="224"/>
+      <c r="E47" s="224"/>
+      <c r="F47" s="253" t="s">
         <v>77</v>
       </c>
-      <c r="G47" s="234" t="s">
+      <c r="G47" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="H47" s="234"/>
-      <c r="I47" s="234" t="s">
+      <c r="H47" s="224"/>
+      <c r="I47" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="J47" s="234"/>
-[...8 lines deleted...]
-      <c r="S47" s="234" t="s">
+      <c r="J47" s="224"/>
+      <c r="K47" s="144"/>
+      <c r="L47" s="224"/>
+      <c r="M47" s="224"/>
+      <c r="N47" s="224"/>
+      <c r="O47" s="224"/>
+      <c r="P47" s="166"/>
+      <c r="Q47" s="224"/>
+      <c r="R47" s="224"/>
+      <c r="S47" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="T47" s="234"/>
-      <c r="U47" s="262" t="s">
+      <c r="T47" s="224"/>
+      <c r="U47" s="252" t="s">
         <v>43</v>
       </c>
-      <c r="V47" s="234"/>
-[...3 lines deleted...]
-      <c r="Z47" s="264"/>
+      <c r="V47" s="224"/>
+      <c r="W47" s="224"/>
+      <c r="X47" s="224"/>
+      <c r="Y47" s="224"/>
+      <c r="Z47" s="254"/>
       <c r="AA47" s="104"/>
       <c r="AB47" s="88"/>
       <c r="AC47" s="81"/>
-      <c r="AD47" s="206"/>
+      <c r="AD47" s="197"/>
       <c r="AE47" s="96"/>
-      <c r="AF47" s="133"/>
+      <c r="AF47" s="131"/>
       <c r="AG47" s="112"/>
       <c r="AH47" s="88"/>
       <c r="AI47" s="89"/>
       <c r="AJ47" s="86"/>
     </row>
     <row r="48" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="56" t="s">
         <v>78</v>
       </c>
-      <c r="B48" s="234"/>
-[...14 lines deleted...]
-      <c r="Q48" s="234" t="s">
+      <c r="B48" s="224"/>
+      <c r="C48" s="224"/>
+      <c r="D48" s="224"/>
+      <c r="E48" s="224"/>
+      <c r="F48" s="255"/>
+      <c r="G48" s="224"/>
+      <c r="H48" s="224"/>
+      <c r="I48" s="224"/>
+      <c r="J48" s="224"/>
+      <c r="K48" s="152"/>
+      <c r="L48" s="224"/>
+      <c r="M48" s="224"/>
+      <c r="N48" s="224"/>
+      <c r="O48" s="224"/>
+      <c r="P48" s="166"/>
+      <c r="Q48" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="R48" s="234"/>
-[...3 lines deleted...]
-      <c r="V48" s="234" t="s">
+      <c r="R48" s="224"/>
+      <c r="S48" s="224"/>
+      <c r="T48" s="224"/>
+      <c r="U48" s="166"/>
+      <c r="V48" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="W48" s="234"/>
-      <c r="X48" s="266" t="s">
+      <c r="W48" s="224"/>
+      <c r="X48" s="256" t="s">
         <v>43</v>
       </c>
-      <c r="Y48" s="267"/>
-      <c r="Z48" s="265" t="s">
+      <c r="Y48" s="257"/>
+      <c r="Z48" s="255" t="s">
         <v>77</v>
       </c>
       <c r="AA48" s="104"/>
       <c r="AB48" s="88"/>
       <c r="AC48" s="81"/>
-      <c r="AD48" s="206"/>
+      <c r="AD48" s="197"/>
       <c r="AE48" s="96"/>
-      <c r="AF48" s="133"/>
+      <c r="AF48" s="131"/>
       <c r="AG48" s="112"/>
       <c r="AH48" s="88"/>
       <c r="AI48" s="89"/>
       <c r="AJ48" s="86"/>
     </row>
     <row r="49" spans="1:36" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="56" t="s">
         <v>79</v>
       </c>
-      <c r="B49" s="234"/>
-[...8 lines deleted...]
-      <c r="K49" s="141" t="s">
+      <c r="B49" s="224"/>
+      <c r="C49" s="224"/>
+      <c r="D49" s="224"/>
+      <c r="E49" s="224"/>
+      <c r="F49" s="255"/>
+      <c r="G49" s="224"/>
+      <c r="H49" s="224"/>
+      <c r="I49" s="224"/>
+      <c r="J49" s="224"/>
+      <c r="K49" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="L49" s="234"/>
-[...3 lines deleted...]
-      <c r="P49" s="141" t="s">
+      <c r="L49" s="224"/>
+      <c r="M49" s="224"/>
+      <c r="N49" s="224"/>
+      <c r="O49" s="224"/>
+      <c r="P49" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="Q49" s="234"/>
-[...8 lines deleted...]
-      <c r="Z49" s="265"/>
+      <c r="Q49" s="224"/>
+      <c r="R49" s="224"/>
+      <c r="S49" s="224"/>
+      <c r="T49" s="224"/>
+      <c r="U49" s="166"/>
+      <c r="V49" s="224"/>
+      <c r="W49" s="224"/>
+      <c r="X49" s="258"/>
+      <c r="Y49" s="259"/>
+      <c r="Z49" s="255"/>
       <c r="AA49" s="104"/>
       <c r="AB49" s="88"/>
       <c r="AC49" s="81"/>
-      <c r="AD49" s="206"/>
+      <c r="AD49" s="197"/>
       <c r="AE49" s="96"/>
-      <c r="AF49" s="133"/>
+      <c r="AF49" s="131"/>
       <c r="AG49" s="112"/>
       <c r="AH49" s="88"/>
       <c r="AI49" s="89"/>
       <c r="AJ49" s="86"/>
     </row>
     <row r="50" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="56" t="s">
         <v>80</v>
       </c>
-      <c r="B50" s="234"/>
-[...4 lines deleted...]
-      <c r="E50" s="262" t="s">
+      <c r="B50" s="224"/>
+      <c r="C50" s="224"/>
+      <c r="D50" s="248" t="s">
+        <v>30</v>
+      </c>
+      <c r="E50" s="252" t="s">
         <v>43</v>
       </c>
-      <c r="F50" s="141" t="s">
+      <c r="F50" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="G50" s="234"/>
-[...13 lines deleted...]
-      <c r="U50" s="263" t="s">
+      <c r="G50" s="224"/>
+      <c r="H50" s="224"/>
+      <c r="I50" s="224"/>
+      <c r="J50" s="224"/>
+      <c r="K50" s="144"/>
+      <c r="L50" s="224"/>
+      <c r="M50" s="224"/>
+      <c r="N50" s="224"/>
+      <c r="O50" s="224"/>
+      <c r="P50" s="144"/>
+      <c r="Q50" s="224"/>
+      <c r="R50" s="224"/>
+      <c r="S50" s="224"/>
+      <c r="T50" s="224"/>
+      <c r="U50" s="253" t="s">
         <v>77</v>
       </c>
-      <c r="V50" s="234"/>
-[...3 lines deleted...]
-      <c r="Z50" s="265"/>
+      <c r="V50" s="224"/>
+      <c r="W50" s="224"/>
+      <c r="X50" s="258"/>
+      <c r="Y50" s="259"/>
+      <c r="Z50" s="255"/>
       <c r="AA50" s="104"/>
       <c r="AB50" s="88"/>
       <c r="AC50" s="81"/>
-      <c r="AD50" s="206"/>
+      <c r="AD50" s="197"/>
       <c r="AE50" s="96"/>
-      <c r="AF50" s="133"/>
+      <c r="AF50" s="131"/>
       <c r="AG50" s="112"/>
       <c r="AH50" s="88"/>
       <c r="AI50" s="89"/>
       <c r="AJ50" s="86"/>
     </row>
     <row r="51" spans="1:36" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="56" t="s">
         <v>81</v>
       </c>
-      <c r="B51" s="234"/>
-[...21 lines deleted...]
-      <c r="X51" s="266" t="s">
+      <c r="B51" s="224"/>
+      <c r="C51" s="224"/>
+      <c r="D51" s="248"/>
+      <c r="E51" s="166"/>
+      <c r="F51" s="144"/>
+      <c r="G51" s="224"/>
+      <c r="H51" s="224"/>
+      <c r="I51" s="224"/>
+      <c r="J51" s="224"/>
+      <c r="K51" s="152"/>
+      <c r="L51" s="224"/>
+      <c r="M51" s="224"/>
+      <c r="N51" s="224"/>
+      <c r="O51" s="224"/>
+      <c r="P51" s="152"/>
+      <c r="Q51" s="224"/>
+      <c r="R51" s="224"/>
+      <c r="S51" s="224"/>
+      <c r="T51" s="224"/>
+      <c r="U51" s="255"/>
+      <c r="V51" s="224"/>
+      <c r="W51" s="224"/>
+      <c r="X51" s="256" t="s">
         <v>43</v>
       </c>
-      <c r="Y51" s="267"/>
-      <c r="Z51" s="270" t="s">
+      <c r="Y51" s="257"/>
+      <c r="Z51" s="260" t="s">
         <v>82</v>
       </c>
-      <c r="AA51" s="271"/>
-[...2 lines deleted...]
-      <c r="AD51" s="273"/>
+      <c r="AA51" s="261"/>
+      <c r="AB51" s="262"/>
+      <c r="AC51" s="262"/>
+      <c r="AD51" s="263"/>
       <c r="AE51" s="96"/>
-      <c r="AF51" s="133"/>
+      <c r="AF51" s="131"/>
       <c r="AG51" s="112"/>
       <c r="AH51" s="88"/>
       <c r="AI51" s="89"/>
       <c r="AJ51" s="86"/>
     </row>
     <row r="52" spans="1:36" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="56" t="s">
         <v>83</v>
       </c>
-      <c r="B52" s="234"/>
-[...8 lines deleted...]
-      <c r="K52" s="262" t="s">
+      <c r="B52" s="224"/>
+      <c r="C52" s="224"/>
+      <c r="D52" s="248"/>
+      <c r="E52" s="166"/>
+      <c r="F52" s="152"/>
+      <c r="G52" s="224"/>
+      <c r="H52" s="224"/>
+      <c r="I52" s="224"/>
+      <c r="J52" s="224"/>
+      <c r="K52" s="252" t="s">
         <v>43</v>
       </c>
-      <c r="L52" s="234" t="s">
+      <c r="L52" s="224" t="s">
         <v>64</v>
       </c>
-      <c r="M52" s="234"/>
-      <c r="N52" s="266" t="s">
+      <c r="M52" s="224"/>
+      <c r="N52" s="256" t="s">
         <v>43</v>
       </c>
-      <c r="O52" s="267"/>
-      <c r="P52" s="141" t="s">
+      <c r="O52" s="257"/>
+      <c r="P52" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="Q52" s="234"/>
-[...12 lines deleted...]
-      <c r="AD52" s="273"/>
+      <c r="Q52" s="224"/>
+      <c r="R52" s="224"/>
+      <c r="S52" s="224"/>
+      <c r="T52" s="224"/>
+      <c r="U52" s="255"/>
+      <c r="V52" s="224"/>
+      <c r="W52" s="224"/>
+      <c r="X52" s="258"/>
+      <c r="Y52" s="259"/>
+      <c r="Z52" s="264"/>
+      <c r="AA52" s="265"/>
+      <c r="AB52" s="266"/>
+      <c r="AC52" s="262"/>
+      <c r="AD52" s="263"/>
       <c r="AE52" s="96"/>
-      <c r="AF52" s="133"/>
+      <c r="AF52" s="131"/>
       <c r="AG52" s="112"/>
       <c r="AH52" s="88"/>
       <c r="AI52" s="89"/>
       <c r="AJ52" s="86"/>
     </row>
     <row r="53" spans="1:36" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="56" t="s">
         <v>84</v>
       </c>
-      <c r="B53" s="176" t="s">
+      <c r="B53" s="170" t="s">
         <v>43</v>
       </c>
-      <c r="C53" s="177"/>
-[...1 lines deleted...]
-      <c r="E53" s="265" t="s">
+      <c r="C53" s="171"/>
+      <c r="D53" s="172"/>
+      <c r="E53" s="255" t="s">
         <v>77</v>
       </c>
-      <c r="F53" s="250"/>
-[...1 lines deleted...]
-      <c r="H53" s="278"/>
+      <c r="F53" s="240"/>
+      <c r="G53" s="267"/>
+      <c r="H53" s="268"/>
       <c r="I53" s="88"/>
       <c r="J53" s="88"/>
-      <c r="K53" s="168"/>
-[...6 lines deleted...]
-      <c r="R53" s="234"/>
+      <c r="K53" s="166"/>
+      <c r="L53" s="224"/>
+      <c r="M53" s="224"/>
+      <c r="N53" s="258"/>
+      <c r="O53" s="259"/>
+      <c r="P53" s="144"/>
+      <c r="Q53" s="224"/>
+      <c r="R53" s="224"/>
       <c r="S53" s="88"/>
       <c r="T53" s="88"/>
-      <c r="U53" s="163"/>
-[...8 lines deleted...]
-      <c r="AD53" s="273"/>
+      <c r="U53" s="161"/>
+      <c r="V53" s="224"/>
+      <c r="W53" s="224"/>
+      <c r="X53" s="258"/>
+      <c r="Y53" s="259"/>
+      <c r="Z53" s="269"/>
+      <c r="AA53" s="270"/>
+      <c r="AB53" s="266"/>
+      <c r="AC53" s="262"/>
+      <c r="AD53" s="263"/>
       <c r="AE53" s="96"/>
-      <c r="AF53" s="133"/>
+      <c r="AF53" s="131"/>
       <c r="AG53" s="112"/>
       <c r="AH53" s="88"/>
       <c r="AI53" s="89"/>
       <c r="AJ53" s="86"/>
     </row>
     <row r="54" spans="1:36" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="56" t="s">
         <v>85</v>
       </c>
-      <c r="B54" s="182"/>
-[...3 lines deleted...]
-      <c r="F54" s="141" t="s">
+      <c r="B54" s="175"/>
+      <c r="C54" s="176"/>
+      <c r="D54" s="177"/>
+      <c r="E54" s="255"/>
+      <c r="F54" s="139" t="s">
         <v>86</v>
       </c>
-      <c r="G54" s="281" t="s">
+      <c r="G54" s="271" t="s">
         <v>21</v>
       </c>
-      <c r="H54" s="282"/>
-[...8 lines deleted...]
-      <c r="Q54" s="282" t="s">
+      <c r="H54" s="272"/>
+      <c r="I54" s="272"/>
+      <c r="J54" s="273"/>
+      <c r="K54" s="166"/>
+      <c r="L54" s="224"/>
+      <c r="M54" s="224"/>
+      <c r="N54" s="258"/>
+      <c r="O54" s="259"/>
+      <c r="P54" s="152"/>
+      <c r="Q54" s="272" t="s">
         <v>21</v>
       </c>
-      <c r="R54" s="282"/>
-[...2 lines deleted...]
-      <c r="U54" s="141" t="s">
+      <c r="R54" s="272"/>
+      <c r="S54" s="272"/>
+      <c r="T54" s="273"/>
+      <c r="U54" s="139" t="s">
         <v>37</v>
       </c>
-      <c r="V54" s="280"/>
-[...1 lines deleted...]
-      <c r="X54" s="272"/>
+      <c r="V54" s="270"/>
+      <c r="W54" s="266"/>
+      <c r="X54" s="262"/>
       <c r="Y54" s="94"/>
-      <c r="Z54" s="164"/>
-[...3 lines deleted...]
-      <c r="AD54" s="273"/>
+      <c r="Z54" s="162"/>
+      <c r="AA54" s="270"/>
+      <c r="AB54" s="266"/>
+      <c r="AC54" s="262"/>
+      <c r="AD54" s="263"/>
       <c r="AE54" s="96"/>
-      <c r="AF54" s="133"/>
+      <c r="AF54" s="131"/>
       <c r="AG54" s="112"/>
       <c r="AH54" s="88"/>
       <c r="AI54" s="89"/>
       <c r="AJ54" s="86"/>
     </row>
     <row r="55" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="56" t="s">
         <v>87</v>
       </c>
-      <c r="B55" s="191"/>
-[...21 lines deleted...]
-      <c r="X55" s="272"/>
+      <c r="B55" s="184"/>
+      <c r="C55" s="185"/>
+      <c r="D55" s="186"/>
+      <c r="E55" s="255"/>
+      <c r="F55" s="144"/>
+      <c r="G55" s="274"/>
+      <c r="H55" s="275"/>
+      <c r="I55" s="275"/>
+      <c r="J55" s="276"/>
+      <c r="K55" s="277"/>
+      <c r="L55" s="224"/>
+      <c r="M55" s="224"/>
+      <c r="N55" s="278"/>
+      <c r="O55" s="263"/>
+      <c r="P55" s="279"/>
+      <c r="Q55" s="275"/>
+      <c r="R55" s="275"/>
+      <c r="S55" s="275"/>
+      <c r="T55" s="276"/>
+      <c r="U55" s="144"/>
+      <c r="V55" s="261"/>
+      <c r="W55" s="262"/>
+      <c r="X55" s="262"/>
       <c r="Y55" s="94"/>
-      <c r="Z55" s="164"/>
-[...3 lines deleted...]
-      <c r="AD55" s="273"/>
+      <c r="Z55" s="162"/>
+      <c r="AA55" s="261"/>
+      <c r="AB55" s="262"/>
+      <c r="AC55" s="262"/>
+      <c r="AD55" s="263"/>
       <c r="AE55" s="96"/>
-      <c r="AF55" s="133"/>
+      <c r="AF55" s="131"/>
       <c r="AG55" s="112"/>
       <c r="AH55" s="88"/>
       <c r="AI55" s="89"/>
       <c r="AJ55" s="86"/>
     </row>
     <row r="56" spans="1:36" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="56" t="s">
         <v>88</v>
       </c>
-      <c r="B56" s="290"/>
-[...7 lines deleted...]
-      <c r="J56" s="293"/>
+      <c r="B56" s="280"/>
+      <c r="C56" s="280"/>
+      <c r="D56" s="251"/>
+      <c r="E56" s="251"/>
+      <c r="F56" s="152"/>
+      <c r="G56" s="281"/>
+      <c r="H56" s="282"/>
+      <c r="I56" s="282"/>
+      <c r="J56" s="283"/>
       <c r="K56" s="83"/>
-      <c r="L56" s="234"/>
-[...11 lines deleted...]
-      <c r="X56" s="272"/>
+      <c r="L56" s="224"/>
+      <c r="M56" s="224"/>
+      <c r="N56" s="278"/>
+      <c r="O56" s="263"/>
+      <c r="P56" s="191"/>
+      <c r="Q56" s="282"/>
+      <c r="R56" s="282"/>
+      <c r="S56" s="282"/>
+      <c r="T56" s="283"/>
+      <c r="U56" s="152"/>
+      <c r="V56" s="261"/>
+      <c r="W56" s="262"/>
+      <c r="X56" s="262"/>
       <c r="Y56" s="94"/>
-      <c r="Z56" s="164"/>
-[...3 lines deleted...]
-      <c r="AD56" s="273"/>
+      <c r="Z56" s="162"/>
+      <c r="AA56" s="261"/>
+      <c r="AB56" s="262"/>
+      <c r="AC56" s="262"/>
+      <c r="AD56" s="263"/>
       <c r="AE56" s="96"/>
-      <c r="AF56" s="133"/>
+      <c r="AF56" s="131"/>
       <c r="AG56" s="112"/>
       <c r="AH56" s="88"/>
       <c r="AI56" s="89"/>
       <c r="AJ56" s="86"/>
     </row>
     <row r="57" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="56" t="s">
         <v>89</v>
       </c>
-      <c r="B57" s="275"/>
-[...7 lines deleted...]
-      <c r="J57" s="296"/>
+      <c r="B57" s="265"/>
+      <c r="C57" s="181"/>
+      <c r="D57" s="251"/>
+      <c r="E57" s="251"/>
+      <c r="F57" s="284"/>
+      <c r="G57" s="285"/>
+      <c r="H57" s="285"/>
+      <c r="I57" s="285"/>
+      <c r="J57" s="286"/>
       <c r="K57" s="83"/>
-      <c r="L57" s="234"/>
-[...9 lines deleted...]
-      <c r="V57" s="181"/>
+      <c r="L57" s="224"/>
+      <c r="M57" s="224"/>
+      <c r="N57" s="287"/>
+      <c r="O57" s="263"/>
+      <c r="P57" s="191"/>
+      <c r="Q57" s="288"/>
+      <c r="R57" s="289"/>
+      <c r="S57" s="290"/>
+      <c r="T57" s="291"/>
+      <c r="U57" s="154"/>
+      <c r="V57" s="174"/>
       <c r="W57" s="95"/>
       <c r="X57" s="95"/>
       <c r="Y57" s="94"/>
-      <c r="Z57" s="164"/>
-[...3 lines deleted...]
-      <c r="AD57" s="304"/>
+      <c r="Z57" s="162"/>
+      <c r="AA57" s="292"/>
+      <c r="AB57" s="293"/>
+      <c r="AC57" s="293"/>
+      <c r="AD57" s="294"/>
       <c r="AE57" s="96"/>
-      <c r="AF57" s="133"/>
+      <c r="AF57" s="131"/>
       <c r="AG57" s="112"/>
       <c r="AH57" s="88"/>
       <c r="AI57" s="89"/>
       <c r="AJ57" s="86"/>
     </row>
     <row r="58" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="56" t="s">
         <v>90</v>
       </c>
-      <c r="B58" s="275"/>
-[...6 lines deleted...]
-      <c r="I58" s="305"/>
+      <c r="B58" s="265"/>
+      <c r="C58" s="181"/>
+      <c r="D58" s="251"/>
+      <c r="E58" s="251"/>
+      <c r="F58" s="284"/>
+      <c r="G58" s="295"/>
+      <c r="H58" s="295"/>
+      <c r="I58" s="295"/>
       <c r="J58" s="77"/>
       <c r="K58" s="83"/>
-      <c r="L58" s="306"/>
-[...9 lines deleted...]
-      <c r="V58" s="181"/>
+      <c r="L58" s="296"/>
+      <c r="M58" s="265"/>
+      <c r="N58" s="287"/>
+      <c r="O58" s="297"/>
+      <c r="P58" s="191"/>
+      <c r="Q58" s="298"/>
+      <c r="R58" s="295"/>
+      <c r="S58" s="295"/>
+      <c r="T58" s="299"/>
+      <c r="U58" s="161"/>
+      <c r="V58" s="174"/>
       <c r="W58" s="95"/>
       <c r="X58" s="95"/>
       <c r="Y58" s="94"/>
-      <c r="Z58" s="164"/>
-[...3 lines deleted...]
-      <c r="AD58" s="304"/>
+      <c r="Z58" s="162"/>
+      <c r="AA58" s="292"/>
+      <c r="AB58" s="293"/>
+      <c r="AC58" s="293"/>
+      <c r="AD58" s="294"/>
       <c r="AE58" s="96"/>
-      <c r="AF58" s="133"/>
+      <c r="AF58" s="131"/>
       <c r="AG58" s="112"/>
       <c r="AH58" s="88"/>
       <c r="AI58" s="89"/>
       <c r="AJ58" s="86"/>
     </row>
     <row r="59" spans="1:36" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="310"/>
-[...8 lines deleted...]
-      <c r="J59" s="314"/>
+      <c r="A59" s="300"/>
+      <c r="B59" s="301"/>
+      <c r="C59" s="302"/>
+      <c r="D59" s="251"/>
+      <c r="E59" s="251"/>
+      <c r="F59" s="284"/>
+      <c r="G59" s="303"/>
+      <c r="H59" s="303"/>
+      <c r="I59" s="303"/>
+      <c r="J59" s="304"/>
       <c r="K59" s="83"/>
-      <c r="L59" s="315"/>
-[...17 lines deleted...]
-      <c r="AD59" s="325"/>
+      <c r="L59" s="305"/>
+      <c r="M59" s="306"/>
+      <c r="N59" s="306"/>
+      <c r="O59" s="304"/>
+      <c r="P59" s="191"/>
+      <c r="Q59" s="307"/>
+      <c r="R59" s="308"/>
+      <c r="S59" s="308"/>
+      <c r="T59" s="309"/>
+      <c r="U59" s="161"/>
+      <c r="V59" s="310"/>
+      <c r="W59" s="311"/>
+      <c r="X59" s="311"/>
+      <c r="Y59" s="312"/>
+      <c r="Z59" s="162"/>
+      <c r="AA59" s="313"/>
+      <c r="AB59" s="314"/>
+      <c r="AC59" s="314"/>
+      <c r="AD59" s="315"/>
       <c r="AE59" s="96"/>
-      <c r="AF59" s="326"/>
-[...2 lines deleted...]
-      <c r="AI59" s="329"/>
+      <c r="AF59" s="316"/>
+      <c r="AG59" s="317"/>
+      <c r="AH59" s="318"/>
+      <c r="AI59" s="319"/>
       <c r="AJ59" s="86"/>
     </row>
     <row r="60" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="56" t="s">
         <v>91</v>
       </c>
-      <c r="B60" s="275"/>
-[...6 lines deleted...]
-      <c r="I60" s="305"/>
+      <c r="B60" s="265"/>
+      <c r="C60" s="181"/>
+      <c r="D60" s="251"/>
+      <c r="E60" s="251"/>
+      <c r="F60" s="284"/>
+      <c r="G60" s="295"/>
+      <c r="H60" s="295"/>
+      <c r="I60" s="295"/>
       <c r="J60" s="77"/>
       <c r="K60" s="83"/>
-      <c r="L60" s="306"/>
-[...9 lines deleted...]
-      <c r="V60" s="181"/>
+      <c r="L60" s="296"/>
+      <c r="M60" s="265"/>
+      <c r="N60" s="287"/>
+      <c r="O60" s="297"/>
+      <c r="P60" s="191"/>
+      <c r="Q60" s="298"/>
+      <c r="R60" s="295"/>
+      <c r="S60" s="295"/>
+      <c r="T60" s="299"/>
+      <c r="U60" s="161"/>
+      <c r="V60" s="174"/>
       <c r="W60" s="95"/>
       <c r="X60" s="95"/>
       <c r="Y60" s="94"/>
-      <c r="Z60" s="164"/>
-[...3 lines deleted...]
-      <c r="AD60" s="304"/>
+      <c r="Z60" s="162"/>
+      <c r="AA60" s="292"/>
+      <c r="AB60" s="293"/>
+      <c r="AC60" s="293"/>
+      <c r="AD60" s="294"/>
       <c r="AE60" s="96"/>
-      <c r="AF60" s="133"/>
+      <c r="AF60" s="131"/>
       <c r="AG60" s="112"/>
       <c r="AH60" s="88"/>
       <c r="AI60" s="89"/>
       <c r="AJ60" s="86"/>
     </row>
     <row r="61" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A61" s="56" t="s">
         <v>92</v>
       </c>
-      <c r="B61" s="174"/>
-[...7 lines deleted...]
-      <c r="J61" s="174"/>
+      <c r="B61" s="320"/>
+      <c r="C61" s="320"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="284"/>
+      <c r="G61" s="320"/>
+      <c r="H61" s="320"/>
+      <c r="I61" s="320"/>
+      <c r="J61" s="320"/>
       <c r="K61" s="83"/>
-      <c r="L61" s="174"/>
-[...17 lines deleted...]
-      <c r="AD61" s="174"/>
+      <c r="L61" s="320"/>
+      <c r="M61" s="320"/>
+      <c r="N61" s="320"/>
+      <c r="O61" s="320"/>
+      <c r="P61" s="191"/>
+      <c r="Q61" s="320"/>
+      <c r="R61" s="320"/>
+      <c r="S61" s="320"/>
+      <c r="T61" s="320"/>
+      <c r="U61" s="161"/>
+      <c r="V61" s="320"/>
+      <c r="W61" s="320"/>
+      <c r="X61" s="320"/>
+      <c r="Y61" s="320"/>
+      <c r="Z61" s="162"/>
+      <c r="AA61" s="320"/>
+      <c r="AB61" s="320"/>
+      <c r="AC61" s="320"/>
+      <c r="AD61" s="320"/>
       <c r="AE61" s="96"/>
-      <c r="AF61" s="174"/>
-[...2 lines deleted...]
-      <c r="AI61" s="174"/>
+      <c r="AF61" s="320"/>
+      <c r="AG61" s="320"/>
+      <c r="AH61" s="320"/>
+      <c r="AI61" s="320"/>
       <c r="AJ61" s="86"/>
     </row>
     <row r="62" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A62" s="56" t="s">
         <v>93</v>
       </c>
-      <c r="B62" s="174"/>
-[...33 lines deleted...]
-      <c r="AJ62" s="332"/>
+      <c r="B62" s="320"/>
+      <c r="C62" s="320"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="321"/>
+      <c r="G62" s="320"/>
+      <c r="H62" s="320"/>
+      <c r="I62" s="320"/>
+      <c r="J62" s="320"/>
+      <c r="K62" s="239"/>
+      <c r="L62" s="320"/>
+      <c r="M62" s="320"/>
+      <c r="N62" s="320"/>
+      <c r="O62" s="320"/>
+      <c r="P62" s="199"/>
+      <c r="Q62" s="320"/>
+      <c r="R62" s="320"/>
+      <c r="S62" s="320"/>
+      <c r="T62" s="320"/>
+      <c r="U62" s="203"/>
+      <c r="V62" s="320"/>
+      <c r="W62" s="320"/>
+      <c r="X62" s="320"/>
+      <c r="Y62" s="320"/>
+      <c r="Z62" s="169"/>
+      <c r="AA62" s="320"/>
+      <c r="AB62" s="320"/>
+      <c r="AC62" s="320"/>
+      <c r="AD62" s="320"/>
+      <c r="AE62" s="322"/>
+      <c r="AF62" s="320"/>
+      <c r="AG62" s="320"/>
+      <c r="AH62" s="320"/>
+      <c r="AI62" s="320"/>
+      <c r="AJ62" s="323"/>
     </row>
     <row r="63" spans="1:36" x14ac:dyDescent="0.25">
-      <c r="M63" s="333"/>
+      <c r="M63" s="324"/>
     </row>
     <row r="66" spans="3:26" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="C66" s="334"/>
-[...16 lines deleted...]
-      <c r="Z66" s="335"/>
+      <c r="C66" s="325"/>
+      <c r="D66" s="325"/>
+      <c r="E66" s="325"/>
+      <c r="F66" s="325"/>
+      <c r="G66" s="325"/>
+      <c r="H66" s="325"/>
+      <c r="I66" s="325"/>
+      <c r="J66" s="325"/>
+      <c r="Q66" s="326"/>
+      <c r="R66" s="326"/>
+      <c r="S66" s="326"/>
+      <c r="T66" s="326"/>
+      <c r="U66" s="326"/>
+      <c r="V66" s="326"/>
+      <c r="W66" s="326"/>
+      <c r="X66" s="326"/>
+      <c r="Y66" s="326"/>
+      <c r="Z66" s="326"/>
     </row>
   </sheetData>
-  <mergeCells count="148">
+  <mergeCells count="143">
+    <mergeCell ref="B53:D55"/>
+    <mergeCell ref="E53:E55"/>
+    <mergeCell ref="F54:F56"/>
+    <mergeCell ref="G54:J56"/>
+    <mergeCell ref="Q54:T56"/>
     <mergeCell ref="U54:U56"/>
+    <mergeCell ref="D50:D52"/>
+    <mergeCell ref="E50:E52"/>
+    <mergeCell ref="F50:F52"/>
+    <mergeCell ref="U50:U52"/>
+    <mergeCell ref="X51:Y53"/>
     <mergeCell ref="Z51:Z53"/>
     <mergeCell ref="K52:K54"/>
     <mergeCell ref="L52:M57"/>
     <mergeCell ref="N52:O54"/>
     <mergeCell ref="P52:P54"/>
-    <mergeCell ref="B53:D55"/>
-[...3 lines deleted...]
-    <mergeCell ref="Q54:T56"/>
+    <mergeCell ref="Q48:R53"/>
     <mergeCell ref="V48:W53"/>
     <mergeCell ref="X48:Y50"/>
     <mergeCell ref="Z48:Z50"/>
     <mergeCell ref="K49:K51"/>
     <mergeCell ref="P49:P51"/>
-    <mergeCell ref="D50:D52"/>
-[...3 lines deleted...]
-    <mergeCell ref="X51:Y53"/>
     <mergeCell ref="Z44:Z46"/>
     <mergeCell ref="K46:K48"/>
     <mergeCell ref="L46:M51"/>
     <mergeCell ref="N46:O51"/>
     <mergeCell ref="P46:P48"/>
     <mergeCell ref="B47:C52"/>
     <mergeCell ref="F47:F49"/>
     <mergeCell ref="G47:H52"/>
     <mergeCell ref="I47:J52"/>
     <mergeCell ref="S47:T52"/>
+    <mergeCell ref="V42:W47"/>
     <mergeCell ref="X42:Y47"/>
     <mergeCell ref="K43:K45"/>
     <mergeCell ref="O43:O44"/>
     <mergeCell ref="P43:P45"/>
     <mergeCell ref="D44:E49"/>
     <mergeCell ref="F44:F46"/>
     <mergeCell ref="S44:T46"/>
     <mergeCell ref="U44:U46"/>
     <mergeCell ref="U47:U49"/>
-    <mergeCell ref="Q48:R53"/>
     <mergeCell ref="B41:C46"/>
     <mergeCell ref="F41:F43"/>
     <mergeCell ref="G41:H46"/>
     <mergeCell ref="I41:J46"/>
     <mergeCell ref="U41:U43"/>
     <mergeCell ref="Z41:Z43"/>
     <mergeCell ref="D42:E43"/>
     <mergeCell ref="N42:N44"/>
     <mergeCell ref="Q42:R47"/>
     <mergeCell ref="S42:T43"/>
-    <mergeCell ref="P38:P39"/>
-[...1 lines deleted...]
-    <mergeCell ref="AA39:AC41"/>
     <mergeCell ref="D40:E41"/>
     <mergeCell ref="K40:K42"/>
     <mergeCell ref="L40:M45"/>
     <mergeCell ref="N40:O41"/>
     <mergeCell ref="P40:P42"/>
     <mergeCell ref="S40:T41"/>
-    <mergeCell ref="V42:W47"/>
+    <mergeCell ref="AA36:AC38"/>
+    <mergeCell ref="S37:T39"/>
+    <mergeCell ref="F38:F39"/>
+    <mergeCell ref="P38:P39"/>
+    <mergeCell ref="U38:U39"/>
+    <mergeCell ref="AA39:AC41"/>
+    <mergeCell ref="L36:M39"/>
+    <mergeCell ref="P36:P37"/>
     <mergeCell ref="Q36:R41"/>
     <mergeCell ref="U36:U37"/>
     <mergeCell ref="V36:W41"/>
     <mergeCell ref="X36:Y41"/>
-    <mergeCell ref="AA36:AC38"/>
-    <mergeCell ref="S37:T39"/>
+    <mergeCell ref="I33:J35"/>
+    <mergeCell ref="AA33:AC35"/>
     <mergeCell ref="F34:F35"/>
     <mergeCell ref="N34:O36"/>
     <mergeCell ref="P34:P35"/>
     <mergeCell ref="B35:C40"/>
     <mergeCell ref="G35:H40"/>
     <mergeCell ref="D36:E39"/>
     <mergeCell ref="F36:F37"/>
     <mergeCell ref="I36:J39"/>
-    <mergeCell ref="P36:P37"/>
-    <mergeCell ref="F38:F39"/>
+    <mergeCell ref="M28:N31"/>
     <mergeCell ref="AE28:AE30"/>
     <mergeCell ref="AA30:AC32"/>
     <mergeCell ref="P31:P33"/>
+    <mergeCell ref="Q32:R35"/>
     <mergeCell ref="AD32:AD34"/>
-    <mergeCell ref="I33:J35"/>
-    <mergeCell ref="AA33:AC35"/>
+    <mergeCell ref="AE22:AE24"/>
+    <mergeCell ref="N24:O26"/>
+    <mergeCell ref="AA24:AC26"/>
+    <mergeCell ref="AD24:AD26"/>
     <mergeCell ref="B25:B28"/>
     <mergeCell ref="L25:L28"/>
     <mergeCell ref="G26:H28"/>
     <mergeCell ref="Q26:R28"/>
     <mergeCell ref="AA27:AA29"/>
-    <mergeCell ref="D28:E31"/>
     <mergeCell ref="I28:J31"/>
-    <mergeCell ref="S28:T31"/>
-[...7 lines deleted...]
-    <mergeCell ref="AC17:AD19"/>
     <mergeCell ref="G18:H20"/>
     <mergeCell ref="Q18:R20"/>
     <mergeCell ref="AA18:AB20"/>
-    <mergeCell ref="I19:J22"/>
-    <mergeCell ref="N19:O22"/>
+    <mergeCell ref="B19:C22"/>
+    <mergeCell ref="L19:M22"/>
     <mergeCell ref="AE19:AE21"/>
     <mergeCell ref="AD20:AD22"/>
     <mergeCell ref="G21:H23"/>
-    <mergeCell ref="AA12:AA17"/>
-[...2 lines deleted...]
-    <mergeCell ref="C15:C20"/>
+    <mergeCell ref="AA21:AC23"/>
+    <mergeCell ref="Q22:R25"/>
     <mergeCell ref="L15:L18"/>
-    <mergeCell ref="D16:E19"/>
     <mergeCell ref="P16:P18"/>
     <mergeCell ref="S16:T19"/>
-    <mergeCell ref="V16:V21"/>
     <mergeCell ref="Z16:Z18"/>
+    <mergeCell ref="AE16:AE18"/>
+    <mergeCell ref="AC17:AD19"/>
     <mergeCell ref="AF5:AI5"/>
     <mergeCell ref="AJ5:AJ6"/>
     <mergeCell ref="U7:U35"/>
     <mergeCell ref="V8:X10"/>
     <mergeCell ref="B9:B12"/>
     <mergeCell ref="L9:L12"/>
     <mergeCell ref="G11:H13"/>
-    <mergeCell ref="I12:J15"/>
-[...1 lines deleted...]
-    <mergeCell ref="V12:W15"/>
+    <mergeCell ref="AA12:AA17"/>
+    <mergeCell ref="AE13:AE15"/>
+    <mergeCell ref="B15:B18"/>
     <mergeCell ref="Q5:T5"/>
     <mergeCell ref="U5:U6"/>
     <mergeCell ref="V5:Y5"/>
     <mergeCell ref="Z5:Z6"/>
     <mergeCell ref="AA5:AD5"/>
     <mergeCell ref="AE5:AE6"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="A1:AJ2"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="G4:K4"/>
     <mergeCell ref="L4:P4"/>
     <mergeCell ref="Q4:U4"/>
     <mergeCell ref="V4:Z4"/>
     <mergeCell ref="AA4:AE4"/>
     <mergeCell ref="AF4:AJ4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>